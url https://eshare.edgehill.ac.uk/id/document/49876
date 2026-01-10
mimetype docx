--- v0 (2025-12-05)
+++ v1 (2026-01-10)
@@ -8,51 +8,51 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1E94A638" w14:textId="2A8CDE3C" w:rsidR="008D036B" w:rsidRPr="00E86066" w:rsidRDefault="007A70E1" w:rsidP="00E86066">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00E86066">
         <w:t>Alternative Format</w:t>
       </w:r>
       <w:r w:rsidR="002440BF" w:rsidRPr="00E86066">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="003623F1" w:rsidRPr="00E86066">
         <w:t>Academic Writing Toolkit</w:t>
       </w:r>
       <w:r w:rsidR="00420D50" w:rsidRPr="00E86066">
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AD6DDE9" w14:textId="0A84F674" w:rsidR="006D43CA" w:rsidRPr="003B4C73" w:rsidRDefault="006D43CA" w:rsidP="003B4C73">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk170893757"/>
       <w:r w:rsidRPr="003B4C73">
         <w:t>Landing Page</w:t>
@@ -511,50 +511,51 @@
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>find out more about the team</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006F14B8">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DACBCEF" w14:textId="1BC36CEA" w:rsidR="000B1988" w:rsidRPr="000B1988" w:rsidRDefault="00772518" w:rsidP="000B1988">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A5326F">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Access the video</w:t>
       </w:r>
       <w:r w:rsidRPr="00772518">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t> below to hear more about UniSkills and how to use this toolkit from our friendly Student Advisor. Alternatively, you are welcome to </w:t>
       </w:r>
       <w:r w:rsidRPr="00A5326F">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
         </w:rPr>
         <w:t>access the transcript</w:t>
       </w:r>
       <w:r w:rsidRPr="00772518">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00772518">
         <w:rPr>
@@ -1260,50 +1261,51 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B1988">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Communication</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F95C1F5" w14:textId="23BA9941" w:rsidR="007F44D9" w:rsidRDefault="007F44D9" w:rsidP="007F44D9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Your academic writing journey</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68632E89" w14:textId="6525D9EB" w:rsidR="007F44D9" w:rsidRDefault="007F44D9" w:rsidP="000B1988">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F44D9">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">We know that academic writing can at times feel daunting, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D05B0C">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -1331,59 +1333,61 @@
         <w:t>guidance</w:t>
       </w:r>
       <w:r w:rsidRPr="00D05B0C">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> to follow and </w:t>
       </w:r>
       <w:r w:rsidRPr="00D05B0C">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
         </w:rPr>
         <w:t>deadlines</w:t>
       </w:r>
       <w:r w:rsidRPr="00D05B0C">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> to meet. However, we also know that </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Int_V0j3KLSF"/>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D05B0C">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>your</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D05B0C">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> writing skills will </w:t>
       </w:r>
       <w:r w:rsidRPr="00D05B0C">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
         </w:rPr>
         <w:t>develop</w:t>
       </w:r>
       <w:r w:rsidRPr="00D05B0C">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> and </w:t>
       </w:r>
       <w:r w:rsidRPr="00D05B0C">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
@@ -1788,50 +1792,51 @@
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7401E9F0" w14:textId="0747249E" w:rsidR="007241CA" w:rsidRDefault="007241CA" w:rsidP="003724EB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007241CA">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Finally, at Level 7, academic writing demands a high degree o</w:t>
       </w:r>
       <w:r w:rsidRPr="00D05B0C">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>f </w:t>
       </w:r>
       <w:r w:rsidRPr="00D05B0C">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
         </w:rPr>
         <w:t>originality, critical evaluation</w:t>
       </w:r>
       <w:r w:rsidRPr="007241CA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="007241CA">
@@ -2278,50 +2283,51 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00FE6DC0" w:rsidRPr="00FE6DC0">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Within an essay, you would discuss a particular topic/theme based on the academic reading you have undertaken first. A standard format would include an introduction, the main body of your argument, followed by a conclusion and reference list. Essays use formal language and are most commonly written in third person.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DB3B0AE" w14:textId="035C8DBF" w:rsidR="008468BD" w:rsidRDefault="008468BD" w:rsidP="003724EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Exam</w:t>
       </w:r>
       <w:r w:rsidR="00FE6DC0">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00FE6DC0" w:rsidRPr="00FE6DC0">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>The depth and breadth of writing required in an exam may vary, and questions may need short answers or longer essay length responses. However, exams do usually require you to write in a more concise manner, whilst keeping to time constraints. Maintaining a clear focus, structure, and answering the question set is important when writing in exams.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1997781F" w14:textId="2CE57E88" w:rsidR="008468BD" w:rsidRDefault="008468BD" w:rsidP="003724EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
@@ -2355,51 +2361,67 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Literature review</w:t>
       </w:r>
       <w:r w:rsidR="00220C1B">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00220C1B" w:rsidRPr="00220C1B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00220C1B" w:rsidRPr="00220C1B">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>A literature review may be a stand alone assignment, or form part of a larger piece of work such as a dissertation. It requires you to present an overview of relevant research in the field you are discussing. Relevant themes should be identified, along with any gaps in the literature and scope for future research.</w:t>
+        <w:t xml:space="preserve">A literature review may be a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00220C1B" w:rsidRPr="00220C1B">
+        <w:rPr>
+          <w:color w:val="4D4F53" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>stand alone</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00220C1B" w:rsidRPr="00220C1B">
+        <w:rPr>
+          <w:color w:val="4D4F53" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> assignment, or form part of a larger piece of work such as a dissertation. It requires you to present an overview of relevant research in the field you are discussing. Relevant themes should be identified, along with any gaps in the literature and scope for future research.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77B37251" w14:textId="19B13B2B" w:rsidR="008468BD" w:rsidRDefault="00E916D2" w:rsidP="003724EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Blog</w:t>
       </w:r>
       <w:r w:rsidR="00220C1B">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00FC3E42" w:rsidRPr="00FC3E42">
@@ -2496,50 +2518,51 @@
       </w:r>
       <w:r w:rsidR="00C96D99" w:rsidRPr="00C96D99">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C96D99" w:rsidRPr="00C96D99">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>A portfolio usually consists of a variety of documents which are presented together as a collection. Each of these written parts may require different styles of writing (reflective, essay based, case study etc.).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AD5EAC7" w14:textId="077F1EE8" w:rsidR="00E916D2" w:rsidRDefault="00E916D2" w:rsidP="003724EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Poster Presentation</w:t>
       </w:r>
       <w:r w:rsidR="00C96D99">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00D05B0C" w:rsidRPr="00D05B0C">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Whilst poster presentations are mostly visual, relying on the use of images, diagrams and charts to communicate the topic being discussed, written text is still required. Academic writing on an academic poster may </w:t>
       </w:r>
       <w:r w:rsidR="003724EB" w:rsidRPr="00D05B0C">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>include</w:t>
       </w:r>
       <w:r w:rsidR="003724EB">
         <w:rPr>
@@ -2735,50 +2758,51 @@
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A24CDE">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Evidence-based practice (EBP) in nursing entails integrating the best available evidence from research with clinical expertise and patient preferences to inform decision-making and enhance patient care outcomes (James, 2022). By utilising evidence-based guidelines and protocols, nurses can ensure that their interventions are grounded in scientific rigour and have been shown to be effective in improving patient outcomes (Lewis, 2021). This approach fosters a culture of continuous quality improvement and promotes patient safety by minimising variations in care delivery and reducing the risk of adverse events (Thompson et al., 2023).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54CD730B" w14:textId="269EC129" w:rsidR="00A24CDE" w:rsidRPr="00A24CDE" w:rsidRDefault="00A24CDE" w:rsidP="003724EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A24CDE">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>How is this descriptive writing?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A4B254D" w14:textId="0B7949F9" w:rsidR="00A24CDE" w:rsidRPr="00A24CDE" w:rsidRDefault="00A24CDE" w:rsidP="003724EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A24CDE">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>- Whilst academic sources are cited, they are used in a descriptive manner because they state what has been said, rather than the significance of what is being discussed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68EB620A" w14:textId="3B53926D" w:rsidR="00A24CDE" w:rsidRPr="00A24CDE" w:rsidRDefault="00A24CDE" w:rsidP="003724EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -2912,50 +2936,51 @@
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B05F57">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>- Notice how the student uses cautious language such as 'may' and 'potentially' to indicate that they are mindful of other possible perspectives.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06766E7F" w14:textId="0A6CFB21" w:rsidR="00B05F57" w:rsidRPr="00B05F57" w:rsidRDefault="00B05F57" w:rsidP="003724EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B05F57">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>- Compared to the previous descriptive writing example, this version shows greater synthesis of sources identifiable by the use of more than one source for the same point, demonstrating wider reading.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7789CEA6" w14:textId="21DF533B" w:rsidR="00B05F57" w:rsidRPr="00B05F57" w:rsidRDefault="00B05F57" w:rsidP="003724EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B05F57">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">- This writing is more analytical, in that it doesn't just repeat what is being </w:t>
       </w:r>
       <w:r w:rsidR="009201F6" w:rsidRPr="00B05F57">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>said but</w:t>
       </w:r>
@@ -3060,51 +3085,59 @@
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00646A92">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">My placement experience has provided a nuanced perspective on the role of evidence-based practice (EBP) in nursing and its impact on patient care outcomes. While EBP is often lauded as a cornerstone of quality care, its practical application presents both opportunities and challenges that warrant critical reflection (Dupont, 2023; Chen, 2024). Throughout my placement, I witnessed </w:t>
       </w:r>
       <w:r w:rsidR="009201F6" w:rsidRPr="00646A92">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>first-hand</w:t>
       </w:r>
       <w:r w:rsidRPr="00646A92">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the positive effects of EBP on patient care. By integrating research evidence, clinical expertise, and patient preferences, nurses can make informed decisions that optimise patient outcomes (Taylor, 2022; Goffin, 2023). Evidence-based guidelines and protocols serve as valuable tools for standardising care practices and promoting patient safety (Thompson et al., 2023). Moreover, the systematic approach of EBP fosters a culture of continuous quality improvement within healthcare organisations, driving positive change at both the individual and systemic levels (Brown, 2023). However, my experience also revealed barriers to the effective implementation of EBP in practice. Organisational constraints, such as limited resources and time pressures, can impede nurses' ability to access and utilise research evidence in their decision-making processes (Jones et al., 2022). Additionally, resistance to change from colleagues or administrators may hinder the adoption of evidence-based practices within healthcare settings (Simpson et al., 2023). Furthermore, while EBP emphasises the importance of research evidence, it is essential to recognise the complementary role of nursing intuition and experiential knowledge in clinical decision-making (Williams, 2021). </w:t>
+        <w:t xml:space="preserve"> the positive effects of EBP on patient care. By integrating research evidence, clinical expertise, and patient preferences, nurses can make informed decisions that optimise patient outcomes (Taylor, 2022; Goffin, 2023). Evidence-based guidelines and protocols serve as valuable tools for standardising care practices and promoting patient safety (Thompson et al., 2023). Moreover, the systematic approach of EBP fosters a culture of continuous quality improvement within healthcare organisations, driving positive change at both the individual and systemic levels (Brown, 2023). However, my experience also revealed barriers to the effective implementation of EBP in practice. Organisational constraints, such as limited resources and time pressures, can impede nurses' ability to access and utilise research evidence in their decision-making processes (Jones et al., 2022). Additionally, resistance to change from colleagues or administrators may hinder the adoption of evidence-based practices within </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00646A92">
+        <w:rPr>
+          <w:color w:val="4D4F53" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">healthcare settings (Simpson et al., 2023). Furthermore, while EBP emphasises the importance of research evidence, it is essential to recognise the complementary role of nursing intuition and experiential knowledge in clinical decision-making (Williams, 2021). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F3188A0" w14:textId="793910C2" w:rsidR="00646A92" w:rsidRPr="00646A92" w:rsidRDefault="00646A92" w:rsidP="003724EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00646A92">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>How is this reflective writing?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66D8DDCD" w14:textId="7E97382D" w:rsidR="00646A92" w:rsidRPr="00646A92" w:rsidRDefault="00646A92" w:rsidP="003724EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
@@ -3283,98 +3316,112 @@
     </w:p>
     <w:p w14:paraId="3BD1E671" w14:textId="77777777" w:rsidR="00530905" w:rsidRDefault="00530905" w:rsidP="009201F6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="007C0CF6">
         <w:t xml:space="preserve">The basics: Style and tone </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19A5A562" w14:textId="0BC81110" w:rsidR="00465C54" w:rsidRPr="00465C54" w:rsidRDefault="00465C54" w:rsidP="003724EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00465C54">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Language, style and tone play a crucial role in academic writing. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46B41E6C" w14:textId="0AF47A00" w:rsidR="009201F6" w:rsidRPr="009201F6" w:rsidRDefault="00465C54" w:rsidP="003724EB">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="46B41E6C" w14:textId="0AF47A00" w:rsidR="009201F6" w:rsidRPr="002A6F17" w:rsidRDefault="00465C54" w:rsidP="003724EB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00465C54">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Paying close attention to academic conventions will help you to ensure your ideas, insights and arguments are communicated well, fostering trust in the information you have presented</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002A6F17">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="284E01AA" w14:textId="6FA32D2A" w:rsidR="00E21F81" w:rsidRPr="00AD7B45" w:rsidRDefault="00E21F81" w:rsidP="00465C54">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD7B45">
         <w:t>Tone of voice and formality</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DFEA0D8" w14:textId="3A4AD7AA" w:rsidR="007650C9" w:rsidRPr="009039CB" w:rsidRDefault="00A256FD" w:rsidP="009D77BF">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="009039CB">
         <w:t>Finding the right voice</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1272053B" w14:textId="1B231D6E" w:rsidR="00530905" w:rsidRDefault="009D77BF" w:rsidP="003724EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D77BF">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Academic writing is concise, clear, formal and may use different voices. You might even be asked to use different voices depending on the type of academic writing you are carrying out. It's important to note that the appropriateness of voice should always be checked with your tutor, as this can vary between disciplines.</w:t>
+        <w:t xml:space="preserve">Academic writing is concise, clear, formal and may use different voices. You might even be asked to use different voices depending on the type of academic writing you are carrying out. It's important to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D77BF">
+        <w:rPr>
+          <w:color w:val="4D4F53" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>note that the appropriateness of voice should always be checked with your tutor, as this can vary between disciplines.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="079BE7F4" w14:textId="1346DCCF" w:rsidR="008B6563" w:rsidRPr="008B6563" w:rsidRDefault="00E60529" w:rsidP="003724EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>First person voice:</w:t>
       </w:r>
       <w:r w:rsidR="008B6563" w:rsidRPr="008B6563">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008B6563" w:rsidRPr="008B6563">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
@@ -3581,50 +3628,51 @@
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C705D">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Active Voice: The subject performs the action expressed by the verb.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BA9D7DA" w14:textId="77777777" w:rsidR="003669FC" w:rsidRDefault="008C705D" w:rsidP="003724EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C705D">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Example:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18573922" w14:textId="2C23275D" w:rsidR="008C705D" w:rsidRPr="008C705D" w:rsidRDefault="008C705D" w:rsidP="003724EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C705D">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>The student studied the text.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6537847F" w14:textId="77777777" w:rsidR="008C705D" w:rsidRPr="008C705D" w:rsidRDefault="008C705D" w:rsidP="003724EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -3900,92 +3948,102 @@
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Contractions: can’t, won’t</w:t>
       </w:r>
       <w:r w:rsidR="00C31FBA">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>, I’m- these should be written out in full.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CA0FE2F" w14:textId="78129C2D" w:rsidR="00530905" w:rsidRDefault="00C31FBA" w:rsidP="00C31FBA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C31FBA">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Being cautious</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D49CF27" w14:textId="77777777" w:rsidR="00C31FBA" w:rsidRDefault="00C31FBA" w:rsidP="00AD4394">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C31FBA">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">When you communicate in academic writing, it is important to be cautious in tone and style which means making vocabulary choices which avoid expressing absolute certainty and over generalisations. Hedging devices can support this. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="639CC9F5" w14:textId="7679EAA5" w:rsidR="00C31FBA" w:rsidRPr="00584515" w:rsidRDefault="00D86908" w:rsidP="00AD4394">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D86908">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Top Tip:  </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00D86908">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
-          <w:t>Academic Phrasebank</w:t>
+          <w:t xml:space="preserve">Academic </w:t>
         </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00D86908">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>Phrasebank</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="00D86908">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> provides some really useful examples of how to use cautious language, so why not take a look?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10FC9E17" w14:textId="77777777" w:rsidR="00C31FBA" w:rsidRPr="00584515" w:rsidRDefault="00C31FBA" w:rsidP="00AD4394">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00584515">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
@@ -4050,90 +4108,99 @@
       </w:pPr>
       <w:r w:rsidRPr="00584515">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> The preliminary study findings </w:t>
       </w:r>
       <w:r w:rsidRPr="00C97673">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">hint </w:t>
       </w:r>
       <w:r w:rsidRPr="00584515">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>at a possible link between diet and heart health.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BFF5F20" w14:textId="77777777" w:rsidR="00C31FBA" w:rsidRDefault="00C31FBA" w:rsidP="00AD4394">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="0BFF5F20" w14:textId="77777777" w:rsidR="00C31FBA" w:rsidRPr="002A6F17" w:rsidRDefault="00C31FBA" w:rsidP="00AD4394">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00584515">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> The new teaching method will</w:t>
       </w:r>
       <w:r w:rsidRPr="00C97673">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> possibly</w:t>
       </w:r>
       <w:r w:rsidRPr="00584515">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> enhance student engagement</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002A6F17">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E84302C" w14:textId="5EF116A1" w:rsidR="00C31FBA" w:rsidRDefault="00C31FBA" w:rsidP="00AD4394">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="002A6F17">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00584515">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>The proposed strategy offers</w:t>
       </w:r>
       <w:r w:rsidRPr="00C97673">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> potential</w:t>
       </w:r>
       <w:r w:rsidRPr="00584515">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> cost-saving measures.</w:t>
       </w:r>
@@ -4278,50 +4345,51 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Objective:</w:t>
       </w:r>
       <w:r w:rsidR="00AB0A9D" w:rsidRPr="00AB0A9D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AB0A9D" w:rsidRPr="00AB0A9D">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>The increase in ocean acidity levels posed a notable risk to the stability of marine ecosystems.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B28404A" w14:textId="47179C7D" w:rsidR="00530905" w:rsidRDefault="00530905" w:rsidP="003B4C73">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="007C0CF6">
+        <w:lastRenderedPageBreak/>
         <w:t>The basics: Clarity, conciseness and cohesion</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B673130" w14:textId="73BC44DA" w:rsidR="006311CB" w:rsidRPr="006F048B" w:rsidRDefault="00C452C2" w:rsidP="00C97673">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F048B">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Coherence, clarity, and conciseness are essential elements of effective academic writing. Together they contribute to the successful communication of ideas and to how well the reader engages with your argument.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A2368EC" w14:textId="471ACE62" w:rsidR="00C452C2" w:rsidRDefault="00C452C2" w:rsidP="00C452C2">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Conciseness and clarity</w:t>
@@ -4598,50 +4666,51 @@
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE4F89">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Concise:  'The crucial point...'                                                                         </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C3DAE13" w14:textId="34BD9EAB" w:rsidR="00AE4F89" w:rsidRPr="00AE4F89" w:rsidRDefault="00AE4F89" w:rsidP="00C97673">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE4F89">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>5. Remove Unnecessary Words:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E04249A" w14:textId="0D6BFDD3" w:rsidR="00AE4F89" w:rsidRPr="00AE4F89" w:rsidRDefault="00AE4F89" w:rsidP="00C97673">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE4F89">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>'At this point in time, it is not possible to predict with certainty.'</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="296F5A15" w14:textId="09830F3B" w:rsidR="00F17B40" w:rsidRDefault="00AE4F89" w:rsidP="00C97673">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -4891,50 +4960,51 @@
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F17B40">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Weak: 'The modern education system, which encompasses a wide array of stakeholders including students, teachers, parents, administrators, policymakers, and community members, is a complex network of interactions, policies, and practices that seeks to facilitate the holistic development of individuals by providing them with the necessary knowledge, skills, and competencies to thrive in a rapidly changing world.'</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06F2DFDE" w14:textId="59285C72" w:rsidR="00AE4F89" w:rsidRDefault="00F17B40" w:rsidP="00C97673">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F17B40">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Strong: Effective education involves collaboration among students, teachers, parents, and policymakers to foster holistic development and equip individuals with the knowledge and skills needed to navigate today's dynamic world.'</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23D56360" w14:textId="7083F41D" w:rsidR="00F17B40" w:rsidRDefault="00123AA6" w:rsidP="00123AA6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Cohesion</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6724A73A" w14:textId="0DCFD854" w:rsidR="00123AA6" w:rsidRDefault="00123AA6" w:rsidP="00C97673">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
@@ -5171,71 +5241,78 @@
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>During your time at Edge Hill, you will encounter many different types of assignment questions and titles. Whilst each assignment question/ title might look unique, there are typical conventions and patterns you can expect.</w:t>
       </w:r>
       <w:r w:rsidR="005452B6" w:rsidRPr="005452B6">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> The following information provides strategies to deconstruct an assignment title/ question and gain the focus you need.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35B60DA2" w14:textId="7D4837F8" w:rsidR="005452B6" w:rsidRDefault="005452B6" w:rsidP="00817C8B">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Step 1- Under</w:t>
       </w:r>
       <w:r w:rsidR="002E4777">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>stand the topic and requirements</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CA09225" w14:textId="5B4C3E2A" w:rsidR="002E4777" w:rsidRDefault="002E4777" w:rsidP="00C97673">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="0CA09225" w14:textId="5B4C3E2A" w:rsidR="002E4777" w:rsidRPr="002A6F17" w:rsidRDefault="002E4777" w:rsidP="00C97673">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0062050D">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>It sounds obvious, but make sure you read the question or title and then reread it several times</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002A6F17">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C8ABCFB" w14:textId="0174E6AE" w:rsidR="002E4777" w:rsidRPr="0062050D" w:rsidRDefault="002E4777" w:rsidP="00C97673">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0062050D">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Try to firstly establish the topic of the assignment. This is the main area that the assignment is about.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B80E29B" w14:textId="4030CA90" w:rsidR="002E4777" w:rsidRPr="0062050D" w:rsidRDefault="002E4777" w:rsidP="00C97673">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -5583,50 +5660,51 @@
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0062050D">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">These are the key words (sometimes called directives), often placed at the start of the assignment question or title which give you direction and some insight into how you should present or structure your writing. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33682290" w14:textId="1DF8D496" w:rsidR="009731A8" w:rsidRPr="0062050D" w:rsidRDefault="009731A8" w:rsidP="00C97673">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0062050D">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Again</w:t>
       </w:r>
       <w:r w:rsidR="0062050D">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0062050D">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> you may find there is more than one of these key words and you should also expect these to vary between years as the expectations of your writing skill changes. Some examples of key words are highlighted below:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07C2E540" w14:textId="588520CC" w:rsidR="009731A8" w:rsidRPr="0062050D" w:rsidRDefault="009731A8" w:rsidP="00C97673">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
@@ -5728,56 +5806,65 @@
       </w:pPr>
       <w:r w:rsidRPr="0062050D">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>You might notice, as you transition between years that the word 'critically' is added to any of the instructional assignment words. This signifies a deeper level of analysis, evaluation, or scrutiny. It implies a rigorous and thorough examination that goes beyond surface-level understanding and demonstrates sophisticated critical thinking skills and a more nuanced understanding of the subject matter.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B315E6F" w14:textId="44F409A3" w:rsidR="00530905" w:rsidRPr="0062050D" w:rsidRDefault="009731A8" w:rsidP="00C97673">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0062050D">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Your </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00A87001">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
-          <w:t>Uniskills web</w:t>
+          <w:t>Uniskills</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00A87001">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> web</w:t>
         </w:r>
         <w:r w:rsidR="00A87001" w:rsidRPr="00A87001">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="00A87001">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>pages</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0062050D">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> house lots of further resources to support you to develop your critical thinking and writing skills.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40CCF8F7" w14:textId="699FDBF9" w:rsidR="009731A8" w:rsidRDefault="0062050D" w:rsidP="00817C8B">
@@ -5910,50 +5997,51 @@
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A87001">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Review how the marketing functions operates within an organisation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64C11B61" w14:textId="77777777" w:rsidR="002F6554" w:rsidRPr="00A87001" w:rsidRDefault="002F6554" w:rsidP="003E7F84">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A87001">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Demonstrate an understanding of the role and value of marketing in adding value to products and organisation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="351F9541" w14:textId="3FDB4B96" w:rsidR="002F6554" w:rsidRPr="00A87001" w:rsidRDefault="002F6554" w:rsidP="003E7F84">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A87001">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>To answer the question</w:t>
       </w:r>
       <w:r w:rsidR="00A87001">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
@@ -6156,50 +6244,51 @@
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00850F0B">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Checking you have a focus can support you to plan effectively and help you to produce academic writing that is coherent and engaging.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46BC31A9" w14:textId="4D921502" w:rsidR="008F2AC0" w:rsidRPr="00850F0B" w:rsidRDefault="008F2AC0" w:rsidP="00E038FB">
       <w:pPr>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00850F0B">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Focus and </w:t>
       </w:r>
       <w:r w:rsidR="00E665B1" w:rsidRPr="00850F0B">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">planning are different. Read about the characteristics of each </w:t>
       </w:r>
       <w:r w:rsidR="00E42A35" w:rsidRPr="00850F0B">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>below.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58591E55" w14:textId="4C205EAB" w:rsidR="00E665B1" w:rsidRPr="00850F0B" w:rsidRDefault="00E42A35" w:rsidP="00E038FB">
       <w:pPr>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E7F84">
@@ -6490,50 +6579,51 @@
         </w:rPr>
         <w:t>Determine the main points to cover in each section.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26CC4F86" w14:textId="62AD3211" w:rsidR="0038074B" w:rsidRPr="00850F0B" w:rsidRDefault="009E4496" w:rsidP="003E7F84">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00850F0B">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Ensure that the outline aligns with the requirements of the assignment guidelines.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30245CD1" w14:textId="51941A78" w:rsidR="009E4496" w:rsidRDefault="009E4496" w:rsidP="00A6546C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Planning tools</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="514698C8" w14:textId="724D9513" w:rsidR="00A6546C" w:rsidRPr="00850F0B" w:rsidRDefault="00A6546C" w:rsidP="003E7F84">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00850F0B">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>The best planning tool for academic assignments will depend on your individual preferences so experimenting with different tools and techniques can help you find the best approach.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DA762FB" w14:textId="1CF2FB91" w:rsidR="00A6546C" w:rsidRPr="00850F0B" w:rsidRDefault="00A6546C" w:rsidP="003E7F84">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -6650,53 +6740,56 @@
     <w:p w14:paraId="6EAB8CBA" w14:textId="29239436" w:rsidR="00A6546C" w:rsidRPr="00850F0B" w:rsidRDefault="00A6546C" w:rsidP="003E7F84">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0025446E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Sentence Outlines:</w:t>
       </w:r>
       <w:r w:rsidR="00BC68E2" w:rsidRPr="00850F0B">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sentence outlines are more detailed than traditional outlines and include full sentences or phrases for each point or section of the essay. This type of outline provides a more granular overview of the essay's content and can help you plan the development of your arguments and the flow of your writing.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AA3B62E" w14:textId="28C9722B" w:rsidR="00D95EDB" w:rsidRDefault="00D95EDB" w:rsidP="003E7F84">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="2AA3B62E" w14:textId="28C9722B" w:rsidR="00D95EDB" w:rsidRPr="00DA4618" w:rsidRDefault="00D95EDB" w:rsidP="003E7F84">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00850F0B">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Top Tip</w:t>
       </w:r>
       <w:r w:rsidRPr="009A36C1">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="009A36C1" w:rsidRPr="009A36C1">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00D95EDB">
           <w:rPr>
@@ -6707,83 +6800,103 @@
       </w:hyperlink>
       <w:r w:rsidRPr="00D95EDB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00850F0B">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">is an assistive technology mind mapping tool and free to use for all EHU students  It is ideal for visually organising your thoughts to create detailed plans that can support you with your academic writing. </w:t>
       </w:r>
       <w:r w:rsidR="00742E98" w:rsidRPr="00850F0B">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>There is an example of linear content below</w:t>
       </w:r>
       <w:r w:rsidR="00BC7700" w:rsidRPr="00850F0B">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> which can be added to this software</w:t>
       </w:r>
-      <w:r w:rsidR="00BC7700">
+      <w:r w:rsidR="00BC7700" w:rsidRPr="00DA4618">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="301A1F6A" w14:textId="77777777" w:rsidR="0097592D" w:rsidRPr="0097592D" w:rsidRDefault="0097592D" w:rsidP="003E7F84">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0097592D">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>The title Business Model Canvas sits in the middle of a mindmap.</w:t>
+        <w:t xml:space="preserve">The title Business Model Canvas sits in the middle of a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0097592D">
+        <w:rPr>
+          <w:color w:val="4D4F53" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>mindmap</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0097592D">
+        <w:rPr>
+          <w:color w:val="4D4F53" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63CCCE0D" w14:textId="042F231B" w:rsidR="0097592D" w:rsidRPr="0097592D" w:rsidRDefault="0097592D" w:rsidP="003E7F84">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0097592D">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Each number represents a main paragraph heading.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6443B942" w14:textId="1F627862" w:rsidR="0097592D" w:rsidRPr="0097592D" w:rsidRDefault="0097592D" w:rsidP="003E7F84">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0097592D">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Each capital letter represents</w:t>
       </w:r>
       <w:r w:rsidRPr="0097592D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0097592D">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -7345,50 +7458,51 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0097592D">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Channels </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2662FE39" w14:textId="080B3E1B" w:rsidR="0097592D" w:rsidRPr="0097592D" w:rsidRDefault="0097592D" w:rsidP="003E7F84">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0097592D">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>A.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0097592D">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Discovery </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="576F2C04" w14:textId="325A50D3" w:rsidR="0097592D" w:rsidRPr="0097592D" w:rsidRDefault="0097592D" w:rsidP="003E7F84">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
@@ -7928,50 +8042,51 @@
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0097592D">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>D. What value we deliver</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56E2AB3A" w14:textId="1A608CEA" w:rsidR="00F973D8" w:rsidRPr="0097592D" w:rsidRDefault="00F973D8" w:rsidP="003E7F84">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F973D8">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Activity: Take a moment to reflect on the planning options above and decide which one you think might be most beneficial to you.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3000B618" w14:textId="2A32A975" w:rsidR="00530905" w:rsidRDefault="00530905" w:rsidP="001417E0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C0CF6">
         <w:t>Structure and organisation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C9565E2" w14:textId="57230C88" w:rsidR="00DD5500" w:rsidRDefault="00DD5500" w:rsidP="001417E0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
@@ -8222,50 +8337,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000646ED">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Example: This essay will critically analyse the intricate relationship between social media and mental health, analysing its dual role in fostering connectivity and exacerbating negative psychological outcomes such as comparison and cyberbullying.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BFB2743" w14:textId="54F72104" w:rsidR="000A475D" w:rsidRDefault="000646ED" w:rsidP="001417E0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000646ED">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Top Tip - You may find it easier to write your introduction last. Just because it's at the beginning of your assignment, it doesn't mean you have to start your writing at this point.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="164D1CF8" w14:textId="387B0CA6" w:rsidR="000A475D" w:rsidRDefault="000A475D" w:rsidP="000A475D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Body paragraphs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="744CF752" w14:textId="1BFE1882" w:rsidR="000A4BC7" w:rsidRPr="000A4BC7" w:rsidRDefault="000A4BC7" w:rsidP="001417E0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -8981,50 +9097,51 @@
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00852F29">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Expand example: Reasons for not reporting incidences are significant but complex, such as…</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B906D9D" w14:textId="2F69B5B4" w:rsidR="00E53BCD" w:rsidRDefault="00856F67" w:rsidP="00856F67">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">SEED: Evidence </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C2E1594" w14:textId="3644942D" w:rsidR="00856F67" w:rsidRPr="00856F67" w:rsidRDefault="00856F67" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00856F67">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Statement</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F00C128" w14:textId="5A4E350E" w:rsidR="00856F67" w:rsidRPr="00856F67" w:rsidRDefault="00856F67" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -9257,50 +9374,51 @@
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D48B4">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Develop: Therefore, it is essential that staff of all levels need to receive training in order to promote safety of service users, staff and visitors (NIMHE, 2022).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CCBF01E" w14:textId="30F07D73" w:rsidR="003D48B4" w:rsidRPr="003D48B4" w:rsidRDefault="003D48B4" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D48B4">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Whilst SEED offers a sound structure to start from, it only represents the key ingredients required. Depending on your year of study, you will need to adapt the level of criticality demonstrated. You can find out more about criticality on our </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00491A1F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>UniSkills web pages</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003D48B4">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> and we will explore it a little more in the next section.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="436CEA57" w14:textId="176A1F85" w:rsidR="00530905" w:rsidRPr="007C0CF6" w:rsidRDefault="00530905" w:rsidP="003B4C73">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
@@ -9478,50 +9596,51 @@
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00872355">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Scrutinising the conclusions drawn from evidence or reasoning encourages you to examine whether the evidence truly supports the conclusion or if there are alternative interpretations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E2DDCB3" w14:textId="534D0269" w:rsidR="00872355" w:rsidRPr="00872355" w:rsidRDefault="00872355" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00872355">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Gaining deeper analysis and reflection pushes you to move beyond surface-level understanding and explore the broader implications or significance of a topic.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4244B9D1" w14:textId="3382D5A6" w:rsidR="00872355" w:rsidRPr="00872355" w:rsidRDefault="00872355" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00872355">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Some example questions to ask yourself (adapted from Learning Development, University of Plymouth, 2006) include:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="619962B6" w14:textId="77777777" w:rsidR="00872355" w:rsidRPr="00872355" w:rsidRDefault="00872355" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -9738,50 +9857,51 @@
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0017205F">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>It also serves as a catalyst for innovative problem-solving allowing you to foster creativity and ingenuity in your approach to help you reach overall conclusions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DD1CAD3" w14:textId="75D50974" w:rsidR="0017205F" w:rsidRPr="0017205F" w:rsidRDefault="0017205F" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0017205F">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Some example questions to ask yourself (adapted from Learning Development, University of Plymouth, 2006) include:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="145EBFF8" w14:textId="77777777" w:rsidR="0017205F" w:rsidRPr="0017205F" w:rsidRDefault="0017205F" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0017205F">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>What can be learnt?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11F7533B" w14:textId="77777777" w:rsidR="0017205F" w:rsidRPr="0017205F" w:rsidRDefault="0017205F" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -9926,51 +10046,61 @@
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Overcrowded cells and unsanitary conditions have a detrimental impact on individuals and impact wider society. The impact of these poor conditions, due to overcrowding, is perpetuating a system that often fails to fulfil its goals of rehabilitation and justice and the consequences may be significant. Jones (2021) suggests that these conditions create a toxic environment that can exacerbate criminal tendencies rather than rehabilitate individuals. Moreover, these conditions not only violate basic human rights but appear to also undermine the potential for inmates to reintegrate into society successfully upon release (Smith et al., 2019). The failure to address and rectify these issues reflects a lack of commitment to the principles of justice and compassion, ultimately producing a cycle of incarceration and recidivism (Wilde, 2003;</w:t>
       </w:r>
       <w:r w:rsidRPr="00155299">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00155299">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Bloggs, 2018; Smith, 2019). To address the negative impacts of overcrowded cells, many criminal justice systems are exploring alternatives to incarceration (Brown and Graig, 2022). Improving prison infrastructure, expanding access to rehabilitation and education, and addressing the root causes of overincarceration are important steps in mitigating the consequences of overcrowded prisons. However, as Daniels (2018) highlights, funding and lack of resource is not easy to secure, and responsibility should be shared among multiple stakeholders with adequate funding prioritised (Gill, 2021) to address the impact on the individual and wider society.</w:t>
+        <w:t xml:space="preserve">Bloggs, 2018; Smith, 2019). To address the negative impacts of overcrowded cells, many criminal justice systems are exploring alternatives to incarceration (Brown and Graig, 2022). Improving prison infrastructure, expanding access to rehabilitation and education, and addressing the root causes of overincarceration are important steps in mitigating the consequences of overcrowded prisons. However, as Daniels (2018) highlights, funding and lack of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00155299">
+        <w:rPr>
+          <w:rStyle w:val="xui-provider"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>resource is not easy to secure, and responsibility should be shared among multiple stakeholders with adequate funding prioritised (Gill, 2021) to address the impact on the individual and wider society.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="174525AA" w14:textId="77777777" w:rsidR="001417E0" w:rsidRDefault="001417E0" w:rsidP="001417E0">
       <w:pPr>
         <w:pStyle w:val="xmsonormal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="522DD025" w14:textId="0EC0D8AD" w:rsidR="00334180" w:rsidRDefault="00334180" w:rsidP="001417E0">
       <w:pPr>
         <w:pStyle w:val="xmsonormal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -10738,50 +10868,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40012E6B" w14:textId="17F04A3E" w:rsidR="00116DDD" w:rsidRDefault="00116DDD" w:rsidP="001417E0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0007392B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>They are using a </w:t>
       </w:r>
       <w:r w:rsidRPr="0007392B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>cohesive device</w:t>
       </w:r>
       <w:r w:rsidRPr="0007392B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> 'moreover' to </w:t>
       </w:r>
       <w:r w:rsidRPr="0007392B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -11459,69 +11590,1353 @@
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A910026" w14:textId="6A53F020" w:rsidR="00DD267D" w:rsidRPr="003B59B5" w:rsidRDefault="003B59B5" w:rsidP="001417E0">
       <w:pPr>
         <w:pStyle w:val="xmsonormal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B59B5">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Activity: Consider an assignment you are currently working towards or maybe a submission you have received marks for already. Choose one paragraph and identify what aspects of building an argument you can find in your own work. Make a note of anything missing and really strive to build in the missing elements in forthcoming submissions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="493D978C" w14:textId="77777777" w:rsidR="00DD267D" w:rsidRPr="003850D7" w:rsidRDefault="00DD267D" w:rsidP="0017205F">
       <w:pPr>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4511022B" w14:textId="10ACC4C8" w:rsidR="00530905" w:rsidRPr="007C0CF6" w:rsidRDefault="00530905" w:rsidP="003B4C73">
+    <w:p w14:paraId="6B512EF9" w14:textId="77777777" w:rsidR="00A01AD1" w:rsidRDefault="006A0BDF" w:rsidP="003B4C73">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Q</w:t>
+      </w:r>
+      <w:r w:rsidR="00A01AD1">
+        <w:t>uoting and paraphrasing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23683304" w14:textId="77777777" w:rsidR="000D0A2D" w:rsidRDefault="000D0A2D" w:rsidP="003B4C73">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77E67461" w14:textId="1DA022EA" w:rsidR="00A01AD1" w:rsidRPr="00F77BBC" w:rsidRDefault="00287618" w:rsidP="003B4C73">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F77BBC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ways of referencing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A1E6702" w14:textId="52D48595" w:rsidR="00A01AD1" w:rsidRDefault="00F77BBC" w:rsidP="00F50B86">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="0" w:after="240" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
           <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>When you start to write</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7A38">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, it </w:t>
+      </w:r>
+      <w:r w:rsidR="004C7A38" w:rsidRPr="001E5E9D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>is important to consider how you will present evidence from the literature. The two ways to cite your sources (reference)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F50B86" w:rsidRPr="001E5E9D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are quoting and paraphrasing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E8E63D2" w14:textId="12EA0ED9" w:rsidR="00A01AD1" w:rsidRDefault="000D0A2D" w:rsidP="00AE30C0">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000D0A2D">
+        <w:t>Quoting</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F3FB6A9" w14:textId="77777777" w:rsidR="000F0C61" w:rsidRPr="000F0C61" w:rsidRDefault="000F0C61" w:rsidP="007667B8">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0C61">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Quoting is when you use someone else's words in your writing, exactly as they appear in the original source. Quotes should still always be referenced!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A4F5E56" w14:textId="14021812" w:rsidR="000F0C61" w:rsidRPr="000F0C61" w:rsidRDefault="000F0C61" w:rsidP="007667B8">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0C61">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Quotes are useful when providing a definition, or when you are citing from guidelines or policies. Remember to try and keep quotations to a minimum but if you do need to quote, it is best to keep it short.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="351B7551" w14:textId="1753C812" w:rsidR="003E59E2" w:rsidRPr="003E59E2" w:rsidRDefault="000F0C61" w:rsidP="003E59E2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0C61">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>According to the Oxford English Dictionary</w:t>
+      </w:r>
+      <w:r w:rsidR="003E59E2">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2025)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F0C61">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>, quoting can also be defined as;</w:t>
+      </w:r>
+      <w:r w:rsidR="00A870EE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003E59E2" w:rsidRPr="003E59E2">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>"To give a reference (to a passage of text), by specifying the page, chapter, etc., where it may be found"</w:t>
+      </w:r>
+      <w:r w:rsidR="003E59E2">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66255887" w14:textId="7DE26D5D" w:rsidR="003E59E2" w:rsidRDefault="00FB0998" w:rsidP="007667B8">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Note: Referencing style</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC4792">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all have different rules around quoting. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B73D3F">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The table below gives more information about each of the styles used at </w:t>
+      </w:r>
+      <w:r w:rsidR="00B73D3F" w:rsidRPr="00B73D3F">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Edge Hill University</w:t>
+      </w:r>
+      <w:r w:rsidR="00B73D3F">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2263"/>
+        <w:gridCol w:w="4326"/>
+        <w:gridCol w:w="4326"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00246D98" w:rsidRPr="001E5E9D" w14:paraId="041110D0" w14:textId="77777777" w:rsidTr="006824F1">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="197D9EF7" w14:textId="2A0BD3A2" w:rsidR="00246D98" w:rsidRPr="001E5E9D" w:rsidRDefault="00246D98" w:rsidP="006824F1">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E5E9D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Referencing Style</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4326" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03482AB3" w14:textId="0B31F9A0" w:rsidR="00246D98" w:rsidRPr="001E5E9D" w:rsidRDefault="00246D98" w:rsidP="006824F1">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E5E9D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Short Quotations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4326" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="029AB4A7" w14:textId="6480476E" w:rsidR="00246D98" w:rsidRPr="001E5E9D" w:rsidRDefault="00246D98" w:rsidP="006824F1">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E5E9D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Long Quotations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00246D98" w:rsidRPr="001E5E9D" w14:paraId="1508A57E" w14:textId="77777777" w:rsidTr="006824F1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DBEB122" w14:textId="582603D8" w:rsidR="00246D98" w:rsidRPr="001E5E9D" w:rsidRDefault="00246D98" w:rsidP="006824F1">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E5E9D">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>APA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4326" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D1BF057" w14:textId="77777777" w:rsidR="00246D98" w:rsidRPr="001E5E9D" w:rsidRDefault="00A80C53" w:rsidP="006824F1">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E5E9D">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Fewer than 40 words</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="379E32B1" w14:textId="78B338BE" w:rsidR="00A80C53" w:rsidRPr="001E5E9D" w:rsidRDefault="001D3055" w:rsidP="006824F1">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3055">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>"Double quotation marks" are used around the quoted words. Quotes need to be fully cited, including the author, year of publication, and the page number.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4326" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47C808B9" w14:textId="77777777" w:rsidR="00246D98" w:rsidRPr="001E5E9D" w:rsidRDefault="00A80C53" w:rsidP="006824F1">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E5E9D">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>40 words or more</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B0B8C0D" w14:textId="16D280A8" w:rsidR="001D3055" w:rsidRPr="001E5E9D" w:rsidRDefault="001D3055" w:rsidP="006824F1">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3055">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Long quotations are formatted as a block, on a new line and indented from the left margin. Long quotes do not require a full stop after the closing citation or the page numbers (which should be in brackets).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00246D98" w:rsidRPr="001E5E9D" w14:paraId="12755E22" w14:textId="77777777" w:rsidTr="006824F1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07C1934A" w14:textId="21635F19" w:rsidR="00246D98" w:rsidRPr="001E5E9D" w:rsidRDefault="00DC5936" w:rsidP="006824F1">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E5E9D">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Edge Hill Harvard Style</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4326" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13F7D763" w14:textId="77777777" w:rsidR="00246D98" w:rsidRPr="001E5E9D" w:rsidRDefault="00F225A2" w:rsidP="006824F1">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E5E9D">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Up to 2 lines of text</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="283C406C" w14:textId="21B5B409" w:rsidR="0093002E" w:rsidRPr="001E5E9D" w:rsidRDefault="0093002E" w:rsidP="006824F1">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0093002E">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>'Single quotation marks' are used around the quoted words. Quotes need to be fully cited, including the author, year of publication, and the page number.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4326" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00779335" w14:textId="75625318" w:rsidR="00246D98" w:rsidRPr="001E5E9D" w:rsidRDefault="00F225A2" w:rsidP="006824F1">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E5E9D">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>More than 2 lines of tex</w:t>
+            </w:r>
+            <w:r w:rsidR="00574ADB" w:rsidRPr="001E5E9D">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A802E1A" w14:textId="46F21985" w:rsidR="00574ADB" w:rsidRPr="001E5E9D" w:rsidRDefault="00574ADB" w:rsidP="006824F1">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00574ADB">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Long quotations are presented as an indented paragraph, with a single line space both before and after the quote. Quotation marks are not required here.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00246D98" w:rsidRPr="001E5E9D" w14:paraId="19E57947" w14:textId="77777777" w:rsidTr="006824F1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BA90B27" w14:textId="35EB3D20" w:rsidR="00246D98" w:rsidRPr="001E5E9D" w:rsidRDefault="00574ADB" w:rsidP="006824F1">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E5E9D">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>MHRA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4326" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B790DBA" w14:textId="77777777" w:rsidR="00246D98" w:rsidRPr="001E5E9D" w:rsidRDefault="00574ADB" w:rsidP="006824F1">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E5E9D">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Up to 40 words, or less than 2 lines of verse</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F1DB7F9" w14:textId="025CCF6D" w:rsidR="006F731E" w:rsidRPr="001E5E9D" w:rsidRDefault="006F731E" w:rsidP="006824F1">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F731E">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>'Single quotation marks' are used around the quoted words. Line divisions within a verse are marked by a spaced upright stroke [ | ].</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4326" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3265E6B3" w14:textId="77777777" w:rsidR="00246D98" w:rsidRPr="001E5E9D" w:rsidRDefault="006F731E" w:rsidP="006824F1">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E5E9D">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Over 40 words, or more than 2 lines of verse</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1227BF60" w14:textId="1694057B" w:rsidR="006F731E" w:rsidRPr="001E5E9D" w:rsidRDefault="00AE7243" w:rsidP="006824F1">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7243">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Long quotations are indented, with a full line space both before and after the quote. Quotation marks are not required here.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00246D98" w:rsidRPr="001E5E9D" w14:paraId="5A1EBFE1" w14:textId="77777777" w:rsidTr="006824F1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="136A6380" w14:textId="71053954" w:rsidR="00246D98" w:rsidRPr="001E5E9D" w:rsidRDefault="00AE7243" w:rsidP="006824F1">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E5E9D">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>OSCOLA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4326" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="493EE985" w14:textId="77777777" w:rsidR="00246D98" w:rsidRPr="001E5E9D" w:rsidRDefault="00AE7243" w:rsidP="006824F1">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E5E9D">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Up to 3 lines of text</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7377DCA5" w14:textId="3CAEB15F" w:rsidR="00C36660" w:rsidRPr="001E5E9D" w:rsidRDefault="00C36660" w:rsidP="006824F1">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C36660">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>'Single quotation marks' are used around the quoted words. The footnote marker comes after the closing quotation mark and any punctuation.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4326" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56B11CE1" w14:textId="77777777" w:rsidR="00246D98" w:rsidRPr="001E5E9D" w:rsidRDefault="00245984" w:rsidP="006824F1">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E5E9D">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Longer than 3 lines of text</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58589A27" w14:textId="6E38F479" w:rsidR="00245984" w:rsidRPr="001E5E9D" w:rsidRDefault="00DF1D0B" w:rsidP="006824F1">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1D0B">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Long quotations are presented as an indented paragraph, with a single line space both before and after the quote. Quotation marks are not required here.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00246D98" w:rsidRPr="001E5E9D" w14:paraId="5A4DF799" w14:textId="77777777" w:rsidTr="006824F1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68B40249" w14:textId="70444658" w:rsidR="00246D98" w:rsidRPr="001E5E9D" w:rsidRDefault="00DF1D0B" w:rsidP="006824F1">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E5E9D">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Vancouver</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4326" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A8EB832" w14:textId="77777777" w:rsidR="00246D98" w:rsidRPr="001E5E9D" w:rsidRDefault="00DF1D0B" w:rsidP="006824F1">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E5E9D">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Up to 40 words</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CC8ABC5" w14:textId="16B49E24" w:rsidR="009A2CFA" w:rsidRPr="001E5E9D" w:rsidRDefault="009A2CFA" w:rsidP="006824F1">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A2CFA">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>'Single quotation marks' are used around the quoted words. Direct quotations require the citation marker followed by the page number.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4326" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EAD2076" w14:textId="77777777" w:rsidR="00246D98" w:rsidRPr="001E5E9D" w:rsidRDefault="009A2CFA" w:rsidP="006824F1">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E5E9D">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>More than 40 words</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19728B12" w14:textId="155E6D39" w:rsidR="009A2CFA" w:rsidRPr="001E5E9D" w:rsidRDefault="009A2CFA" w:rsidP="006824F1">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A2CFA">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Long quotes are indented from the left, with a full line space both before and after the quote. The page number is included in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A2CFA">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>superscript</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A2CFA">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> after the citation marker.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="775680D2" w14:textId="77777777" w:rsidR="00AE30C0" w:rsidRDefault="007C53ED" w:rsidP="00AE30C0">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Paraphrasing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="255570F2" w14:textId="77777777" w:rsidR="00975687" w:rsidRPr="001E5E9D" w:rsidRDefault="00975687" w:rsidP="009062E7">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E5E9D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>To paraphrase is to express the meaning of a source text, using your own words.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="638CB59A" w14:textId="1A4120BC" w:rsidR="009062E7" w:rsidRPr="001E5E9D" w:rsidRDefault="007E2BB9" w:rsidP="009062E7">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E5E9D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">The source of the information still needs to be referenced however, </w:t>
+      </w:r>
+      <w:r w:rsidR="003041C8" w:rsidRPr="001E5E9D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>unlike</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E5E9D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> quoting, there is no need to include speech marks or a page number</w:t>
+      </w:r>
+      <w:r w:rsidR="009062E7" w:rsidRPr="001E5E9D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D716B4B" w14:textId="7C784477" w:rsidR="009062E7" w:rsidRDefault="009062E7" w:rsidP="009062E7">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>According to the Oxford English Dictionary (2025), paraphrasing is:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36BD1832" w14:textId="77777777" w:rsidR="00BD0D0B" w:rsidRDefault="00BD0D0B" w:rsidP="00BD0D0B">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD0D0B">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>"A rewording of something written or spoken by someone else, especially with the aim of making the sense clearer."</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CDE0640" w14:textId="369FA73D" w:rsidR="003041C8" w:rsidRDefault="003041C8" w:rsidP="003041C8">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Why is paraphrasing important?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="662ADD44" w14:textId="77777777" w:rsidR="00CD1D56" w:rsidRPr="00CD1D56" w:rsidRDefault="00CD1D56" w:rsidP="00CD1D56">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD1D56">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Paraphrasing is an important academic skill. It enables you to demonstrate that you understand the content well enough to put it into your own words.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1577605C" w14:textId="77777777" w:rsidR="00CD1D56" w:rsidRPr="00CD1D56" w:rsidRDefault="00CD1D56" w:rsidP="00CD1D56">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD1D56">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Paraphrasing enables you to find your own academic voice by synthesising the information you have read.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FB8570E" w14:textId="77777777" w:rsidR="00CD1D56" w:rsidRPr="001E5E9D" w:rsidRDefault="00CD1D56" w:rsidP="00CD1D56">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD1D56">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>It also allows you to demonstrate that you have carried out the required reading, and have understood the material.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CF26B99" w14:textId="708B3A39" w:rsidR="007029D5" w:rsidRDefault="007029D5" w:rsidP="007029D5">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Different types of paraphrasing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48DC2460" w14:textId="231858CB" w:rsidR="00AE3878" w:rsidRPr="006A1270" w:rsidRDefault="00AE3878" w:rsidP="007816B7">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A1270">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>The two main ways to paraphras</w:t>
+      </w:r>
+      <w:r w:rsidR="007816B7" w:rsidRPr="006A1270">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>e are by s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A1270">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>ummarising key ideas or theme</w:t>
+      </w:r>
+      <w:r w:rsidR="007816B7" w:rsidRPr="006A1270">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>s, and p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A1270">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>araphrasing short sections of text</w:t>
+      </w:r>
+      <w:r w:rsidR="007816B7" w:rsidRPr="006A1270">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17F06DDA" w14:textId="7BF00FCE" w:rsidR="003041C8" w:rsidRPr="00E92167" w:rsidRDefault="00627E29" w:rsidP="00E92167">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E92167">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Summarising key ideas or themes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29C550A8" w14:textId="77777777" w:rsidR="00456907" w:rsidRPr="00456907" w:rsidRDefault="00456907" w:rsidP="00456907">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00456907">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>When you approach academic writing by reading widely to inform your knowledge on a topic, you will paraphrase overarching ideas or concepts that you have read about across a range of quality sources.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11B410A8" w14:textId="7999B4C0" w:rsidR="00456907" w:rsidRPr="00456907" w:rsidRDefault="00456907" w:rsidP="00456907">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00456907">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>By making effective notes at the reading stage</w:t>
+      </w:r>
+      <w:r w:rsidR="003F2083">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00456907">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you can use these notes to develop your ideas, and successfully paraphrase without worrying about accidentally using the exact wording from the original text(s).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="404F5E77" w14:textId="77777777" w:rsidR="009C666C" w:rsidRPr="003F2083" w:rsidRDefault="00456907" w:rsidP="009C666C">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F2083">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Note: </w:t>
+      </w:r>
+      <w:r w:rsidR="009C666C" w:rsidRPr="003F2083">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The note-making section of the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidR="009C666C" w:rsidRPr="003F2083">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Academic Reading Toolkit</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="009C666C" w:rsidRPr="003F2083">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C666C" w:rsidRPr="003F2083">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>offers more information on how to make and use your notes effectively, including a chance to practice this skill.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C8590C5" w14:textId="77777777" w:rsidR="00FA2504" w:rsidRDefault="00FA2504" w:rsidP="00AD683E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D295837" w14:textId="77777777" w:rsidR="00250220" w:rsidRPr="00CD01FF" w:rsidRDefault="00AD683E" w:rsidP="00CD01FF">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD01FF">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Finding your academic voice</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07790197" w14:textId="0953567B" w:rsidR="00AD683E" w:rsidRPr="00AD683E" w:rsidRDefault="00AD683E" w:rsidP="00FA2504">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD683E">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Most of your university work will be comprised of the ideas of others (evidence-based).</w:t>
+      </w:r>
+      <w:r w:rsidR="00685098" w:rsidRPr="003F2083">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD683E">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Who, when, and how you cite others is what forms your argument.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="483EA9D7" w14:textId="77777777" w:rsidR="00AD683E" w:rsidRPr="00AD683E" w:rsidRDefault="00AD683E" w:rsidP="00FA2504">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD683E">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Think of yourself as a DJ making 'original' music from the pre-recorded sounds of others.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D21749B" w14:textId="3CD751B0" w:rsidR="00AD683E" w:rsidRPr="00284CDF" w:rsidRDefault="003A1341" w:rsidP="00727D3E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00284CDF">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Paraphrasing short sections of text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="398DDF0A" w14:textId="77777777" w:rsidR="009E47C2" w:rsidRPr="009E47C2" w:rsidRDefault="009E47C2" w:rsidP="009E47C2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E47C2">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Occasionally you will need to paraphrase a small section of text rather than an overarching idea. When doing this it is important to ensure that you don't replicate too much of the original wording.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12B2471F" w14:textId="77777777" w:rsidR="009E47C2" w:rsidRPr="009E47C2" w:rsidRDefault="009E47C2" w:rsidP="009E47C2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E47C2">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Using synonyms to change key words is not enough - a successful paraphrase will also have a different sentence structure and order of ideas to the original.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C5F2FF3" w14:textId="77777777" w:rsidR="009E47C2" w:rsidRPr="009E47C2" w:rsidRDefault="009E47C2" w:rsidP="009E47C2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E47C2">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Clumsy paraphrasing can be considered plagiarism, so if you struggle to paraphrase short sections of text, it is a good idea to practice!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75114C7A" w14:textId="6609A03E" w:rsidR="009E47C2" w:rsidRPr="00D75085" w:rsidRDefault="00D7377A" w:rsidP="00D75085">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75085">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Tips for paraphrasing small sections of text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59E9535F" w14:textId="1127F630" w:rsidR="00D7377A" w:rsidRPr="00B23DBC" w:rsidRDefault="00E950EB" w:rsidP="00FA2504">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B23DBC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Step 1: </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46F52" w:rsidRPr="00B23DBC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Understand. Be sure that you understand the text you want to paraphrase. Read through the text several times to be sure that you fully understand and can recall the key elements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38214CE0" w14:textId="74B8B845" w:rsidR="00C46F52" w:rsidRPr="00B23DBC" w:rsidRDefault="00C46F52" w:rsidP="00FA2504">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B23DBC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Step 2: Recall. Think about the key elements of the section you have just read. Ensure that you can recall them without looking back at the original source.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A629764" w14:textId="77777777" w:rsidR="00192B46" w:rsidRPr="00B23DBC" w:rsidRDefault="00C46F52" w:rsidP="00192B46">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B23DBC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Step 3: </w:t>
+      </w:r>
+      <w:r w:rsidR="00192B46" w:rsidRPr="00B23DBC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Speak aloud. Get someone to ask you about what you have read and then explain it to them. If you are on your own, imagine that someone has asked you about what you have read. If you understand something you will be able to talk about it, and we all verbally paraphrase naturally.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6356C6E5" w14:textId="77777777" w:rsidR="00192B46" w:rsidRPr="00B23DBC" w:rsidRDefault="00192B46" w:rsidP="00192B46">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00192B46">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>You may find that you say something aloud, realise that you have paraphrased it well, and immediately forget what you said! If you find that this happens you can try recording yourself speaking and listen back to your own words.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09485BFA" w14:textId="60CEBDBE" w:rsidR="00192B46" w:rsidRPr="00B23DBC" w:rsidRDefault="00EC70C9" w:rsidP="00864D2B">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B23DBC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Step 4: Write. Listen back to your recording (or remember what you said aloud) and re-write it using formal academic language. By remembering the key ideas or concepts from the original text, and using your own words to convey them, you are paraphrasing. Always remember to reference your paraphrase!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="057C2688" w14:textId="6149BE8F" w:rsidR="00A01AD1" w:rsidRPr="00B23DBC" w:rsidRDefault="00EC70C9" w:rsidP="00864D2B">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B23DBC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Summary: </w:t>
+      </w:r>
+      <w:r w:rsidR="00B23DBC" w:rsidRPr="00B23DBC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Paraphrasing is an important academic skill, and like any other skill it will develop over time with practice. Following these steps when you have a small section of text to paraphrase will help you to develop your own academic voice, whilst ensuring your work is underpinned with evidence from the literature.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4511022B" w14:textId="697D42E4" w:rsidR="00530905" w:rsidRPr="007C0CF6" w:rsidRDefault="00530905" w:rsidP="003B4C73">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C0CF6">
+        <w:lastRenderedPageBreak/>
         <w:t>Reflective Writing</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39DEA008" w14:textId="2F2EDAF8" w:rsidR="00530905" w:rsidRDefault="00C87C17" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C87C17">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>During your time at university, you may be asked to write reflectively. For some students, this can be a new way of writing and as such it may feel unfamiliar. Understanding why we write reflectively, how it works, and how it looks, will help you to adapt your writing style appropriately.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DA5A26D" w14:textId="6E0ABACC" w:rsidR="00C87C17" w:rsidRDefault="00C87C17" w:rsidP="008770D5">
       <w:pPr>
@@ -11561,64 +12976,70 @@
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>should,</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA0843">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> however, still demonstrate criticality, in fact you may be asked to write a 'critical reflection'.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="753B4A15" w14:textId="481BAAB5" w:rsidR="008770D5" w:rsidRDefault="008770D5" w:rsidP="00EA0843">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Why write reflectively?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AB3A70B" w14:textId="2A19B370" w:rsidR="008770D5" w:rsidRDefault="00EA0843" w:rsidP="001417E0">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="4AB3A70B" w14:textId="2A19B370" w:rsidR="008770D5" w:rsidRPr="00DA4618" w:rsidRDefault="00EA0843" w:rsidP="001417E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA0843">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Linking your experiences to wider academic literature, demonstrates critical thinking and an awareness on how to synthesise practice, theory and research. Alongside detailing what you have experienced, you will most likely also be discussing what you have learnt and how this may impact upon your practice or development going forward. You may want to consider things that went well, things you would do differently, different approaches you could have undertaken, limitations and future recommendations. This then leads to the identification of actions, which can be implemented later, or suggestions to enhance professional practice or performance</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA0843">
+      <w:r w:rsidRPr="00DA4618">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0ECE3BF5" w14:textId="3E2AFA06" w:rsidR="00DA4C1B" w:rsidRPr="00DA4C1B" w:rsidRDefault="00DA4C1B" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA4C1B">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Top Tip: It can be easy to fall into descriptive writing when reflecting - for example, stating what happened. To ensure that you write a critical reflection, think about the significance and context of the event, this promotes your 'what', to the 'so what</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
@@ -11737,50 +13158,51 @@
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">This will usually follow a traditional essay structure, requiring you to reflect on an experience, event or personal philosophy. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72F72C2F" w14:textId="3D14FD2A" w:rsidR="00A961D4" w:rsidRPr="00A961D4" w:rsidRDefault="00A961D4" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A961D4">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">You will most likely be writing in first </w:t>
       </w:r>
       <w:r w:rsidR="001417E0" w:rsidRPr="00A961D4">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>person but</w:t>
       </w:r>
       <w:r w:rsidRPr="00A961D4">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> may also switch to third person.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="015527D0" w14:textId="41273FB8" w:rsidR="00A961D4" w:rsidRPr="00A961D4" w:rsidRDefault="00A961D4" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
@@ -12117,50 +13539,51 @@
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Like a conventional essay, a reflective piece of writing still requires a structure. You should still expect to produce an introduction, main body and conclusion.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31082B58" w14:textId="40C3283B" w:rsidR="005F2798" w:rsidRPr="005F2798" w:rsidRDefault="005F2798" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F2798">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>You may be asked to use a model of reflection within your writing, for example:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21738A50" w14:textId="77777777" w:rsidR="005F2798" w:rsidRPr="005F2798" w:rsidRDefault="005F2798" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F2798">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Gibbs’ (1988) Reflective Cycle</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="688DF381" w14:textId="77777777" w:rsidR="005F2798" w:rsidRPr="005F2798" w:rsidRDefault="005F2798" w:rsidP="001417E0">
       <w:pPr>
@@ -12353,59 +13776,69 @@
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Increased freedom to be slightly more emotive and subjective.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7293ED2B" w14:textId="2BEC395F" w:rsidR="0023201D" w:rsidRPr="0023201D" w:rsidRDefault="0023201D" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023201D">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Expecting to still use an academically appropriate tone and utilise vocabulary appropriate to academic writing – </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="001A748F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
-          <w:t>Academic Phrasebank</w:t>
+          <w:t xml:space="preserve">Academic </w:t>
         </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="001A748F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:lang w:eastAsia="en-GB"/>
+          </w:rPr>
+          <w:t>Phrasebank</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="0023201D">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> is useful for providing guidance with developing your phraseology.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FFE7818" w14:textId="77777777" w:rsidR="0023201D" w:rsidRPr="0023201D" w:rsidRDefault="0023201D" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023201D">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -12473,73 +13906,74 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Top tip: </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2E92">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Use a Reflective Learning Log and/or Reflective Planning Grid. Organisation is key to helping you keep an accurate record of your reflections, and these tools can help you with this.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48140CC5" w14:textId="32DCD130" w:rsidR="00465C0E" w:rsidRPr="00FB47DA" w:rsidRDefault="00FB47DA" w:rsidP="00FB47DA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB47DA">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Reflective learning log</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E7B0286" w14:textId="496E7CA3" w:rsidR="00FB47DA" w:rsidRPr="00FB47DA" w:rsidRDefault="00FB47DA" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB47DA">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="00EB68FD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Reflective Learning Log</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FB47DA">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> is intended to be an ‘on-the-go’ document that you complete regularly throughout your practice. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="580CBB65" w14:textId="5AD50553" w:rsidR="00FB47DA" w:rsidRPr="00FB47DA" w:rsidRDefault="00FB47DA" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -12552,87 +13986,107 @@
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">It is not intended to be a neat or complete ‘finished article’ (you can use the accompanying Planning Grid to create a more comprehensive, structured account of your experiences). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B77EC83" w14:textId="4B217D3D" w:rsidR="00FB47DA" w:rsidRDefault="00FB47DA" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB47DA">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Try to complete this log as your experiences occur; this way, it will capture a more authentic account of your experience.</w:t>
+        <w:t xml:space="preserve">Try to complete this </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB47DA">
+        <w:rPr>
+          <w:rStyle w:val="xui-provider"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>log</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB47DA">
+        <w:rPr>
+          <w:rStyle w:val="xui-provider"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as your experiences occur; this way, it will capture a more authentic account of your experience.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FD3963A" w14:textId="2A90DEE0" w:rsidR="00FB47DA" w:rsidRDefault="00FB47DA" w:rsidP="00FB47DA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB47DA">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
         </w:rPr>
         <w:t>Planning grid</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1221DCBD" w14:textId="4C937656" w:rsidR="009B0D24" w:rsidRPr="009B0D24" w:rsidRDefault="009B0D24" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B0D24">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="007E5C40">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Reflective Planning Grid</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009B0D24">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> accompanies the Reflective Learning Log. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B19A6A3" w14:textId="3F88D855" w:rsidR="009B0D24" w:rsidRPr="009B0D24" w:rsidRDefault="009B0D24" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -12821,50 +14275,51 @@
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>The cycle has six distinct stages:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66F8107B" w14:textId="45CA52F6" w:rsidR="00F12D62" w:rsidRPr="00F12D62" w:rsidRDefault="00F12D62" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F12D62">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Description: This first stage requires you to think about, and describe what happened, alongside where and when it happened. You may also want to consider who else was involved during the experience/event, and what you were feeling/thinking at the time.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08EA8586" w14:textId="3BE14C39" w:rsidR="00F12D62" w:rsidRPr="00F12D62" w:rsidRDefault="00F12D62" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F12D62">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Feelings: This stage allows you to reflect more upon the thoughts and emotions you experienced before, during, and after the event. You could also reflect on what others may have been feeling if they were involved.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35158D26" w14:textId="561561EB" w:rsidR="00F12D62" w:rsidRPr="00F12D62" w:rsidRDefault="00F12D62" w:rsidP="001417E0">
       <w:pPr>
@@ -13033,50 +14488,51 @@
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>The cycle has four stages:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B98E3FE" w14:textId="017A9943" w:rsidR="00F4214D" w:rsidRPr="00F4214D" w:rsidRDefault="00F4214D" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4214D">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Concrete Experience: This stage concerns being actively involved in the experience/event. This may be a real-life situation, a simulated event, or even an experiment. You will experience the situation first-hand.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="331B6524" w14:textId="0BCFF3F2" w:rsidR="00F4214D" w:rsidRPr="00F4214D" w:rsidRDefault="00F4214D" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4214D">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Reflective Observation: Following the experience, you will reflect upon what happened, thinking deeply about any observations, thoughts or feelings you may have. Here you are taking a step back from the experience/event itself, so you are able to gain greater perspective and understand any potential significance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56E4CC69" w14:textId="626A507B" w:rsidR="00F4214D" w:rsidRPr="00F4214D" w:rsidRDefault="00F4214D" w:rsidP="001417E0">
       <w:pPr>
@@ -13245,50 +14701,51 @@
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>What?: This question asks you to describe the experience/event or situation which you intend to reflect upon. Think about what happened, where and when it occurred, and who was involved. You should be able to set the context for the experience</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F16C8CE" w14:textId="31C6B8F5" w:rsidR="009C2BEB" w:rsidRPr="009C2BEB" w:rsidRDefault="009C2BEB" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C2BEB">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>So what?: The second question requires you to reflect and consider what you learnt from the experience. You could think about any new skills or knowledge you have gained, and if you had any emotional/personal insights. Exploring the significance of the experience through deeper reflection, should allow you to critically consider its impact on your learning and practice.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="502A7660" w14:textId="5E35339D" w:rsidR="009C2BEB" w:rsidRPr="009C2BEB" w:rsidRDefault="009C2BEB" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C2BEB">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Now what?: The final question prompts you to consider how you will translate your reflection into action. Here you will be considering how to apply your learning to future practice, this could be through setting goals, making changes or developing ways to improve.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="458DDF57" w14:textId="371676C8" w:rsidR="005E66B6" w:rsidRDefault="009C2BEB" w:rsidP="001417E0">
       <w:pPr>
@@ -13396,51 +14853,51 @@
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
         </w:rPr>
         <w:t>Example 1 (Sport)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="587691EE" w14:textId="7289D3ED" w:rsidR="00680171" w:rsidRDefault="00854DC2" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00854DC2">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">CROFT, C., MILLER, J. and STOKOWSKI, S., 2021. Implementing Kolb's Experiential Learning Theory Into Men's Collegiate Basketball Sport Marketing Project. Sport Management Education Journal [online]. 15, pp. 127-129. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidR="009E15D7" w:rsidRPr="009E15D7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>https://doi.org/10.1123/smej.2020-0028</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="009E15D7" w:rsidRPr="009E15D7">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00854DC2">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
@@ -13459,105 +14916,106 @@
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
         </w:rPr>
         <w:t>Example 2 (Education)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50CCC6A8" w14:textId="7FD4C2BA" w:rsidR="00680171" w:rsidRDefault="00854DC2" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00854DC2">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">MARKKANEN, P., VALIMAKI, M., ANTTILA, M and KUUSKORPI, M.,  2020. A reflective cycle: Understanding challenging situations in a school setting. Educational Research [online]. 62 (1), pp. 46-62. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidRPr="00CB6AA4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>https://doi-org.edgehill.idm.oclc.org/10.1080/00131881.2020.1711790</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00854DC2">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 6 June 2024].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="796157F1" w14:textId="03EBBCCB" w:rsidR="00680171" w:rsidRPr="00C45565" w:rsidRDefault="00680171" w:rsidP="001417E0">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C45565">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Example 3 (Nursing)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="444A43B6" w14:textId="25B25EC0" w:rsidR="00680171" w:rsidRDefault="000C61C1" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C61C1">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">REYNOLDS, S., 2022. A district nurse’s reflection on pre-registration nursing education: a troubling position. British Journal of Community Nursing [online]. 27 (11), pp. 546-550. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:history="1">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidRPr="00A67E5D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>https://doi.org/10.12968/bjcn.2022.27.11.546</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000C61C1">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 6 June 2024].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E0A30D1" w14:textId="22BB0559" w:rsidR="00680171" w:rsidRPr="00C45565" w:rsidRDefault="00680171" w:rsidP="001417E0">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
@@ -13565,53 +15023,93 @@
       </w:pPr>
       <w:r w:rsidRPr="00C45565">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
         </w:rPr>
         <w:t>Example 4 (Counselling)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6758FC83" w14:textId="4E3F5AEB" w:rsidR="00680171" w:rsidRDefault="000C61C1" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C61C1">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">SACCO, K. K., 2022. Infusing Adventure Based Counseling Techniques into Counselor Education. Journal of Creativity in Mental Health [online]. 17 (3), pp. 292-304. Available from: </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId30" w:history="1">
+        <w:t xml:space="preserve">SACCO, K. K., 2022. Infusing Adventure Based </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C61C1">
+        <w:rPr>
+          <w:rStyle w:val="xui-provider"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Counseling</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C61C1">
+        <w:rPr>
+          <w:rStyle w:val="xui-provider"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Techniques into </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C61C1">
+        <w:rPr>
+          <w:rStyle w:val="xui-provider"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Counselor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C61C1">
+        <w:rPr>
+          <w:rStyle w:val="xui-provider"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Education. Journal of Creativity in Mental Health [online]. 17 (3), pp. 292-304. Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidRPr="00A67E5D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>https://doi.org/10.1080/15401383.2020.1870598</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000C61C1">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 6 June 2024].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23EA8F11" w14:textId="30AFD4CF" w:rsidR="00680171" w:rsidRPr="00C45565" w:rsidRDefault="00680171" w:rsidP="001417E0">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
@@ -13627,51 +15125,51 @@
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Medicine)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="328469FD" w14:textId="5CF840F9" w:rsidR="00FD2817" w:rsidRDefault="00B03321" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B03321">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">TERRY, T. and BATES, A. S., 2021. The reflective urologist. Journal of Clinical Urology [online]. 14 (4), pp. 300-305. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31" w:history="1">
+      <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidRPr="00A67E5D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>https://doi.org/10.1177/2051415820966907</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B03321">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 6 June 2024].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="447E6829" w14:textId="2CF4260D" w:rsidR="00FD2817" w:rsidRPr="00C45565" w:rsidRDefault="00FD2817" w:rsidP="001417E0">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
@@ -13681,51 +15179,51 @@
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
         </w:rPr>
         <w:t>Example 6 (Business)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03C48371" w14:textId="2F909035" w:rsidR="00FD2817" w:rsidRPr="005E66B6" w:rsidRDefault="00B03321" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B03321">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>ZAKARIA, N., SEHGAL, R., WATSON. A. and KAMARUDIN, K. A., 2023. Staying afloat? Using a reflective cycle approach to examine the effects of crisis on the business resilience of SMEs during COVID-19. Journal or General Management [online]. 48 (3), pp. 267-281. Available from</w:t>
       </w:r>
-      <w:hyperlink r:id="rId32" w:history="1">
+      <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidRPr="00A67E5D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve">: https://doi.org/10.1177/03063070221088371 </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B03321">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 6 June 2024].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CAE19A4" w14:textId="4386EECA" w:rsidR="00530905" w:rsidRDefault="00530905" w:rsidP="003B4C73">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="007C0CF6">
         <w:t>Report Writing</w:t>
@@ -13795,51 +15293,61 @@
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>How are reports and essays different?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D603E09" w14:textId="482203E9" w:rsidR="00DA4FCF" w:rsidRPr="00DA4FCF" w:rsidRDefault="00DA4FCF" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA4FCF">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Report writing and essay writing share some of the conventional features of academic writing. You will be expected to plan your writing, carry out research and reading, demonstrate communication and organisation of ideas whist ensuring you cite and reference and, of course, edit and proofread. However, report writing may be a style and structure you are not as familiar with or have not yet had opportunity to practice.</w:t>
+        <w:t xml:space="preserve">Report writing and essay writing share some of the conventional features of academic writing. You will be expected to plan your writing, carry out research and reading, demonstrate communication and organisation of ideas whist ensuring you cite and reference and, of course, edit and proofread. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA4FCF">
+        <w:rPr>
+          <w:rStyle w:val="xui-provider"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>However, report writing may be a style and structure you are not as familiar with or have not yet had opportunity to practice.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="065E3E38" w14:textId="26515011" w:rsidR="00DA4FCF" w:rsidRDefault="00C7075B" w:rsidP="001417E0">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Essays</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15FD4482" w14:textId="77777777" w:rsidR="00C7075B" w:rsidRPr="00C7075B" w:rsidRDefault="00C7075B" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C7075B">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -14156,50 +15664,51 @@
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Uses tables, charts, graphs and other visuals.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AF0649F" w14:textId="77777777" w:rsidR="008C339B" w:rsidRPr="008C339B" w:rsidRDefault="008C339B" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C339B">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Might incorporate technical or specialist language.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CEB0F81" w14:textId="235113A9" w:rsidR="00C7075B" w:rsidRDefault="008C339B" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C339B">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Will likely require the use of technologies for reporting and presenting data.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3000DAFB" w14:textId="5C6C24CC" w:rsidR="00542A85" w:rsidRDefault="00542A85" w:rsidP="001417E0">
       <w:pPr>
@@ -14303,51 +15812,51 @@
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
         </w:rPr>
         <w:t>Contents page</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36693E3C" w14:textId="4586F521" w:rsidR="006141F1" w:rsidRDefault="006141F1" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006141F1">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Can help readers navigate the document easily. This </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33" w:history="1">
+      <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidRPr="00C73858">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Microsoft 365 support video</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006141F1">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
@@ -14469,50 +15978,51 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00487CC8">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Here you will review relevant literature and research related to your topic. It demonstrates your understanding of existing knowledge and helps establish the significance of your research.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FC7877A" w14:textId="795A2B45" w:rsidR="00487CC8" w:rsidRPr="001D414F" w:rsidRDefault="00487CC8" w:rsidP="001417E0">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D414F">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Methodology</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="565D19F4" w14:textId="4B70B719" w:rsidR="00487CC8" w:rsidRDefault="005A28A4" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A28A4">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>More likely to appear in a scientific report, it describes the methods used to conduct your research. It explains how you collected data, what tools or instruments you used and the rationale behind your choices. This section should be detailed enough for someone else to replicate your study.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C8EA4CA" w14:textId="659F6403" w:rsidR="005A28A4" w:rsidRPr="001D414F" w:rsidRDefault="005A28A4" w:rsidP="001417E0">
       <w:pPr>
@@ -14709,50 +16219,51 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A57CA1">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Wrap up your report by summarising the main points and presenting the final takeaways from your study.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29AFC912" w14:textId="3BB71013" w:rsidR="00A57CA1" w:rsidRPr="001D414F" w:rsidRDefault="00A57CA1" w:rsidP="001417E0">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D414F">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Recommendations</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A65ED28" w14:textId="3C483165" w:rsidR="00A57CA1" w:rsidRPr="00A57CA1" w:rsidRDefault="00A57CA1" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A57CA1">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>At this point you will have a strong sense of the 'what next?' You will need to consider:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7429FE8F" w14:textId="0187F0A5" w:rsidR="00A57CA1" w:rsidRPr="00A57CA1" w:rsidRDefault="00A57CA1" w:rsidP="001417E0">
       <w:pPr>
@@ -14864,51 +16375,51 @@
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>In text citations and references are essential components of an academic report. Check with your tutor to identify which referencing style you should use and find referencing support</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B461AE">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">on our </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34" w:history="1">
+      <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidRPr="00B461AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>UniSkills webpages</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="001A3722">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C58C13E" w14:textId="3CA5A502" w:rsidR="001A3722" w:rsidRPr="001A3722" w:rsidRDefault="001A3722" w:rsidP="001417E0">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
@@ -14984,50 +16495,51 @@
     <w:p w14:paraId="7AA5AC84" w14:textId="40BBEA48" w:rsidR="00310608" w:rsidRPr="007F0FC4" w:rsidRDefault="007F0FC4" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F0FC4">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Activity: Take some time to reflect on the type of report you have been asked to produce. Check your guidelines and identify which of the above report sections you might need to use.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C41387C" w14:textId="5EF5C1D4" w:rsidR="00542A85" w:rsidRDefault="007F0FC4" w:rsidP="007F0FC4">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Using visuals in your report</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50461BF4" w14:textId="48C8AA73" w:rsidR="00EB4FFD" w:rsidRDefault="00EB4FFD" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB4FFD">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Visuals are often necessary when you need to report the findings of your research. Figures (in the form of graphs, charts, images, diagrams) and tables can be used to present data, clarify interpretations and to explain concepts.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3781B09F" w14:textId="315FCAA5" w:rsidR="00EB4FFD" w:rsidRDefault="00FB6B41" w:rsidP="001417E0">
       <w:pPr>
@@ -15044,154 +16556,168 @@
         <w:t>Creating a visual</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49DC511A" w14:textId="01329657" w:rsidR="00FB6B41" w:rsidRPr="00480DC4" w:rsidRDefault="00FB6B41" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00480DC4">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Before choosing to use a visual, firstly ensure there is a purpose for it; usually this is to present complex data or ideas. Creating your visual often causes students the most concern and you will inevitably need to access and use software to produce your visuals so they look professional. At higher levels of study you may choose to use data visualisation tools such as</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35" w:history="1">
+      <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidRPr="00DE5C3A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Python</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004C5CAC">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36" w:history="1">
+      <w:hyperlink r:id="rId37" w:history="1">
         <w:r w:rsidRPr="00162E9D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Looker Studio</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00480DC4">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">but for most students Microsoft Word and Excel can provide you with the tools you need. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4003FA6B" w14:textId="4236A9A3" w:rsidR="00FB6B41" w:rsidRDefault="00FB6B41" w:rsidP="001417E0">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="4003FA6B" w14:textId="4236A9A3" w:rsidR="00FB6B41" w:rsidRPr="00DA4618" w:rsidRDefault="00FB6B41" w:rsidP="001417E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00480DC4">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Support for creating graphs, charts and tables and using Microsoft Word and Excel to their full potential is available on your</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37" w:history="1">
+      <w:hyperlink r:id="rId38" w:history="1">
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="007F2ED2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>TechSkills web pages</w:t>
+          <w:t>TechSkills</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007F2ED2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> web pages</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00480DC4">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Additionally, if you prefer videos, access</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38" w:history="1">
+      <w:hyperlink r:id="rId39" w:history="1">
         <w:r w:rsidRPr="0087283A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>LinkedIn Learning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00480DC4">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>to explore a playlist which will help you explore the functionality of both</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00DA4618">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ABA5E00" w14:textId="1BB67533" w:rsidR="00480DC4" w:rsidRDefault="00480DC4" w:rsidP="001417E0">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00480DC4">
         <w:t>Labelling a visual</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4259525B" w14:textId="43097FF2" w:rsidR="00480DC4" w:rsidRDefault="00480DC4" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00480DC4">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
@@ -15299,129 +16825,130 @@
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>These will be numbered consecutively throughout: Figure 1, Figure 2, Figure 3, and so on. After the numbering there should be a short and concise title in a caption for figures which appear below the figure itself.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05F1C469" w14:textId="6D245FB5" w:rsidR="00C86AEE" w:rsidRPr="00C86AEE" w:rsidRDefault="00C86AEE" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C86AEE">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">For charts and graphs that have axes (e.g., bar graphs, line graphs), make sure to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39" w:history="1">
+      <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidRPr="006C4757">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>label each axis clearly</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C86AEE">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. Include the name of the variable being measured and the unit of measurement if applicable. Ensure that the labels are readable and positioned appropriately. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="112C3FEE" w14:textId="56DF9B1F" w:rsidR="00C86AEE" w:rsidRPr="00C86AEE" w:rsidRDefault="00C86AEE" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C86AEE">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If necessary, include </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40" w:history="1">
+      <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidRPr="003F3216">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>data labels</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C86AEE">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> directly on the visual elements to provide specific information about data points. This is particularly useful to indicate exact values.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="699D3CAA" w14:textId="12B95A06" w:rsidR="00C86AEE" w:rsidRPr="00C86AEE" w:rsidRDefault="00C86AEE" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C86AEE">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">If your visual element includes multiple datasets or categories, include a </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41" w:history="1">
+      <w:hyperlink r:id="rId42" w:history="1">
         <w:r w:rsidRPr="004C1B5C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>legend</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C86AEE">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> to explain the meaning of different colours, patterns or symbols used. Place the legend in a clear and accessible location, such as the corner of the chart or graph.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BC84E7C" w14:textId="3ED9B499" w:rsidR="00C86AEE" w:rsidRDefault="00C86AEE" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -15531,130 +17058,160 @@
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
         </w:rPr>
         <w:t xml:space="preserve">Referring to a visual </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="322E5A4A" w14:textId="49EC81B9" w:rsidR="00792862" w:rsidRDefault="00792862" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00792862">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Visuals rarely act as a replacement for text. You should still aim to explain concepts and theories and present your data in any narrative. The figures support what you have written and you should always aim to connect a figure to the text. Our UniSkills guide </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42" w:history="1">
+      <w:hyperlink r:id="rId43" w:history="1">
         <w:r w:rsidRPr="00155DDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>'Using Visual Elements in a Report'</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00792862">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> contains some useful advice about the ways you should refer to your visuals in your report.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C18686D" w14:textId="3C284E3A" w:rsidR="00392959" w:rsidRPr="00392959" w:rsidRDefault="00392959" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00392959">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Activity: Try some self study! Access </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId43" w:history="1">
+        <w:t xml:space="preserve">Activity: Try some </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00392959">
+        <w:rPr>
+          <w:rStyle w:val="xui-provider"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>self study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00392959">
+        <w:rPr>
+          <w:rStyle w:val="xui-provider"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">! Access </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId44" w:history="1">
         <w:r w:rsidRPr="008E58C4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Chapter 8 of Success in Academic Writing</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00392959">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> to learn more about creating tables, graphs and charts of various kinds.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43DD5FFC" w14:textId="5CD4E8B0" w:rsidR="00392959" w:rsidRPr="00792862" w:rsidRDefault="001A3CDE" w:rsidP="001417E0">
-[...10 lines deleted...]
-        <w:r w:rsidR="00392959" w:rsidRPr="0082795F">
+    <w:p w14:paraId="43DD5FFC" w14:textId="5CD4E8B0" w:rsidR="00392959" w:rsidRPr="00792862" w:rsidRDefault="00392959" w:rsidP="001417E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="xui-provider"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId45" w:history="1">
+        <w:r w:rsidRPr="0082795F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
-          <w:t>Academic Phrasebank</w:t>
+          <w:t xml:space="preserve">Academic </w:t>
         </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="0082795F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:lang w:eastAsia="en-GB"/>
+          </w:rPr>
+          <w:t>Phrasebank</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidR="00392959" w:rsidRPr="00392959">
+      <w:r w:rsidRPr="00392959">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> also provides useful vocabulary and phrases for reporting results including describing trends in data so why not set some time aside to explore and identify anything you might find useful?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66C02F96" w14:textId="36C6EA7B" w:rsidR="00530905" w:rsidRDefault="00530905" w:rsidP="003B4C73">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C0CF6">
         <w:t>Scientific Writing</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5ED1D32E" w14:textId="7862F12C" w:rsidR="00530905" w:rsidRDefault="00316855" w:rsidP="00316855">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
@@ -15676,98 +17233,119 @@
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">At Edge Hill, you may be asked to engage in various types of scientific writing depending on your field of study, level of education, and specific course requirements. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E0C234E" w14:textId="698FA4AB" w:rsidR="00316855" w:rsidRPr="00041939" w:rsidRDefault="00316855" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00041939">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Scientific writing differs from everyday writing in several ways, primarily due to its focus on clarity, precision, objectivity, and adherence to specific conventions within the scientific community.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33253FDE" w14:textId="01F3F552" w:rsidR="00041939" w:rsidRDefault="00041939" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00041939">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Activity: Access the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45" w:history="1">
+      <w:hyperlink r:id="rId46" w:history="1">
         <w:r w:rsidR="00241AD9" w:rsidRPr="00241AD9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve">YouTube </w:t>
         </w:r>
         <w:r w:rsidRPr="00241AD9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>video for an overview of scientific writing guidelines and best practice</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00041939">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>. Jot down anything unfamiliar to you so you can commit to learn more about it either throughout this lesson or by accessing further resources. You can turn on closed captions and access a transcript via Youtube.</w:t>
+        <w:t xml:space="preserve">. Jot down anything unfamiliar to you so you can commit to learn more about it either throughout this lesson or by accessing further resources. You can turn on closed captions and access a transcript via </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00041939">
+        <w:rPr>
+          <w:rStyle w:val="xui-provider"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Youtube</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00041939">
+        <w:rPr>
+          <w:rStyle w:val="xui-provider"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D0D4303" w14:textId="184742B9" w:rsidR="00C70119" w:rsidRPr="00C70119" w:rsidRDefault="00C70119" w:rsidP="00CD5655">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C70119">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
         </w:rPr>
         <w:t>The language of scientific writing</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3599C8F8" w14:textId="033BF474" w:rsidR="00C70119" w:rsidRDefault="00CD5655" w:rsidP="001417E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
@@ -16039,50 +17617,51 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Evidence: </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4278">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>presentation and analysis of empirical data and evidence to support hypothesis</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CB42AAB" w14:textId="5B592980" w:rsidR="00FB4278" w:rsidRDefault="00FB4278" w:rsidP="00FB4278">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB4278">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Structuring scientific writing</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A881FB7" w14:textId="1CA9A3CD" w:rsidR="00FB4278" w:rsidRPr="00FB4278" w:rsidRDefault="00FB4278" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB4278">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Whether you are writing a scientific research paper or a practical report you can expect that it will be organised logically into sections that follow strict conventions. These sections allow the reader to locate the information they are seeking and the structured format promotes transparency and reproducibility by clearly documenting the research process. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73948BCA" w14:textId="16124499" w:rsidR="001417E0" w:rsidRDefault="00FB4278" w:rsidP="00FC12B2">
       <w:pPr>
@@ -16110,51 +17689,51 @@
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The following is a typical report structure. </w:t>
       </w:r>
       <w:r w:rsidRPr="00332D49">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">This has been reproduced from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46" w:history="1">
+      <w:hyperlink r:id="rId47" w:history="1">
         <w:r w:rsidRPr="00BF04E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Day's (2018) Success in Academic Writing.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="31ABEFC4" w14:textId="11A5E2D2" w:rsidR="000821E6" w:rsidRPr="001417E0" w:rsidRDefault="00BF04E4" w:rsidP="00FC12B2">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="001417E0">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
         </w:rPr>
         <w:t>Title</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D5F361D" w14:textId="619BD0F3" w:rsidR="005E2BDB" w:rsidRPr="005E2BDB" w:rsidRDefault="005E2BDB" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
@@ -16355,50 +17934,51 @@
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Why the investigation is important or useful</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="160AC9DD" w14:textId="77777777" w:rsidR="00B53018" w:rsidRPr="00B53018" w:rsidRDefault="00B53018" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B53018">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>The theoretical and/or practical context for the investigation, citing relevant literature</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36EEED17" w14:textId="77777777" w:rsidR="00B53018" w:rsidRPr="00B53018" w:rsidRDefault="00B53018" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B53018">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Key definitions and abbreviations </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="495FCF35" w14:textId="070A61FA" w:rsidR="00BF04E4" w:rsidRDefault="00B53018" w:rsidP="00FC12B2">
       <w:pPr>
@@ -16493,68 +18073,68 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Experimental subjects:  Microbes, plants, animals or people that are the subjects of the investigation. Where appropriate, give precise information about their characteristics and how samples were obtained. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38567CDA" w14:textId="077AF631" w:rsidR="00A06080" w:rsidRPr="00A06080" w:rsidRDefault="00A06080" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A06080">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Materials: Chemicals (including detail of amounts, concentrations, physical form, and so on) and other media (such as a particular growth medium for microbes or plants). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="200A0624" w14:textId="456CCAD6" w:rsidR="00A06080" w:rsidRPr="00A06080" w:rsidRDefault="00A06080" w:rsidP="00FC12B2">
+    <w:p w14:paraId="200A0624" w14:textId="5BAEBF64" w:rsidR="00A06080" w:rsidRPr="00A06080" w:rsidRDefault="00A06080" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A06080">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Conditions: Physical factors, such as temperature and pressure, and any other factors that are likely to influence the outcome of the investigation. Apparatus . Equipment of all kinds, including measuring and recording devices, used in carrying out the investigation. </w:t>
+        <w:t xml:space="preserve">Conditions: Physical factors, such as temperature and pressure, and any other factors that are likely to influence the outcome of the investigation. Apparatus. Equipment of all kinds, including measuring and recording devices, used in carrying out the investigation. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CBE6259" w14:textId="5D7C3F51" w:rsidR="00A06080" w:rsidRPr="00A06080" w:rsidRDefault="00A06080" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A06080">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Procedure: What was done, how and, where appropriate, why.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07D2FB83" w14:textId="3ECFBF15" w:rsidR="00B53018" w:rsidRPr="00A06080" w:rsidRDefault="00A06080" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
@@ -16645,50 +18225,51 @@
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Any data is typically presented in numbered tables, graphs, or both, which are referred to in the text. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42996938" w14:textId="77777777" w:rsidR="001026FD" w:rsidRPr="001026FD" w:rsidRDefault="001026FD" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026FD">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">A table is a means of arranging summaries of data (often in the form of numbers) in columns and rows to enable ready comparison. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12667312" w14:textId="77777777" w:rsidR="001026FD" w:rsidRPr="001026FD" w:rsidRDefault="001026FD" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026FD">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>A graph or chart – such as line graphs, scatter plots, bar charts and histograms – reveals relationships between variables in a visual form.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A686B2B" w14:textId="48019F53" w:rsidR="001026FD" w:rsidRPr="001026FD" w:rsidRDefault="001026FD" w:rsidP="00FC12B2">
       <w:pPr>
@@ -16707,70 +18288,70 @@
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Data that is presented in tables or graphs may be accompanied by statistical analyses, together with their interpretation. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05CA5D08" w14:textId="25BCD130" w:rsidR="001026FD" w:rsidRPr="001026FD" w:rsidRDefault="001026FD" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026FD">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">See </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47" w:history="1">
+      <w:hyperlink r:id="rId48" w:history="1">
         <w:r w:rsidRPr="007B131B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Chapter 8 of Success in Academic Writing</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001026FD">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> for information about creating tables, graphs and charts of various kinds. Further support is available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48" w:history="1">
+      <w:hyperlink r:id="rId49" w:history="1">
         <w:r w:rsidRPr="007B131B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>UniSkills guide: Using Visual Elements in Reports.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0FB83B14" w14:textId="3F5FBF91" w:rsidR="001026FD" w:rsidRDefault="001026FD" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026FD">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
@@ -16916,50 +18497,51 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213E40">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>The conclusion makes closing statements that draw together findings from the results and discussion.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77DA6322" w14:textId="556CC898" w:rsidR="00BF04E4" w:rsidRPr="00FC12B2" w:rsidRDefault="00BF04E4" w:rsidP="00FC12B2">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC12B2">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>References</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="220687BB" w14:textId="02DA81BF" w:rsidR="00213E40" w:rsidRPr="00213E40" w:rsidRDefault="00213E40" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213E40">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>By including a reference section, scientific reports allow readers to verify the information presented, trace the origins of ideas, and explore further reading on the topic. This adds credibility and transparency to the research process.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7327CC7D" w14:textId="3A2C227C" w:rsidR="00213E40" w:rsidRPr="00213E40" w:rsidRDefault="00213E40" w:rsidP="00FC12B2">
       <w:pPr>
@@ -16978,51 +18560,51 @@
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Consult your module handbook to identify the style of referencing you should adopt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7859D75D" w14:textId="1848B141" w:rsidR="00213E40" w:rsidRDefault="00213E40" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213E40">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Find out more about referencing on our </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49" w:history="1">
+      <w:hyperlink r:id="rId50" w:history="1">
         <w:r w:rsidRPr="009B548B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>UniSkills webpages</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00213E40">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="542AE7D8" w14:textId="75EEA289" w:rsidR="00BF04E4" w:rsidRPr="00FC12B2" w:rsidRDefault="00BF04E4" w:rsidP="00FC12B2">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
@@ -17152,1555 +18734,3835 @@
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Activity: The video at the start asked you to jot down anything unfamiliar to you so you could commit to learn more either throughout this lesson or by accessing further resources. If you made some notes, revisit the list of things you wrote down and check out the list of resources below. These provide an excellent starting point to plug any gaps you might still have in relation to scientific writing. Challenge yourself to access the material on this list and work towards your goal of being a confident scientific writer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09B94E15" w14:textId="6389F266" w:rsidR="00681F1E" w:rsidRDefault="00681F1E" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00681F1E">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50" w:history="1">
+      <w:hyperlink r:id="rId51" w:history="1">
         <w:r w:rsidRPr="00A010AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Craft of Scientific Writing</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00681F1E">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> is designed to help scientists write about their work clearly and effectively. The eBook includes many useful suggestions about approaching a wide variety of writing tasks as well as a concise guide to style and usage appropriate for scientific writing.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D275D95" w14:textId="3F8B0794" w:rsidR="00681F1E" w:rsidRDefault="001A3CDE" w:rsidP="00FC12B2">
-[...10 lines deleted...]
-        <w:r w:rsidR="000A627C" w:rsidRPr="00A010AD">
+    <w:p w14:paraId="1D275D95" w14:textId="3F8B0794" w:rsidR="00681F1E" w:rsidRDefault="000A627C" w:rsidP="00FC12B2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="xui-provider"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId52" w:history="1">
+        <w:r w:rsidRPr="00A010AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Science Research Writing</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="000A627C" w:rsidRPr="000A627C">
+      <w:r w:rsidRPr="000A627C">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> for </w:t>
       </w:r>
       <w:r w:rsidR="00925AFA" w:rsidRPr="000A627C">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Non-Native</w:t>
       </w:r>
-      <w:r w:rsidR="000A627C" w:rsidRPr="000A627C">
+      <w:r w:rsidRPr="000A627C">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Speakers of English is a useful eBook for all students and will give you the information, vocabulary and skills you need quickly and easily so that you can write confidently using the style and structure you see in your reading. It is a practical, rather than a theoretical book, and is intended as a fast do-it-yourself manual for researchers and scientists.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B9E90EB" w14:textId="20075C58" w:rsidR="000A627C" w:rsidRPr="00041939" w:rsidRDefault="001A3CDE" w:rsidP="00FC12B2">
-[...10 lines deleted...]
-        <w:r w:rsidR="000A627C" w:rsidRPr="001865BB">
+    <w:p w14:paraId="6B9E90EB" w14:textId="20075C58" w:rsidR="000A627C" w:rsidRPr="00041939" w:rsidRDefault="000A627C" w:rsidP="00FC12B2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="xui-provider"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId53" w:history="1">
+        <w:r w:rsidRPr="001865BB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Academic Writing for International Students of Science</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="000A627C" w:rsidRPr="000A627C">
+      <w:r w:rsidRPr="000A627C">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> is an eBook useful for all students covering key areas such as scientific style, effective sentence and paragraph structure, and coherence in texts and arguments. Throughout the book, a range of tasks offers the opportunity to put theory into practice. The explorative tasks allow you to see how language works in a real scientific context, practice and review tasks consolidate learning and help you to develop your own writing skills. Additionally, the reflective tasks encourage you to think about your own knowledge and experience.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33EB55E0" w14:textId="1CB184C1" w:rsidR="00530905" w:rsidRDefault="00530905" w:rsidP="003B4C73">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C0CF6">
         <w:t>Editing and Proofreading</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F384245" w14:textId="7594C69B" w:rsidR="001353ED" w:rsidRPr="001353ED" w:rsidRDefault="001353ED" w:rsidP="00FC12B2">
-[...50 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="79F2321A" w14:textId="06C82C10" w:rsidR="00E352FE" w:rsidRDefault="00E352FE" w:rsidP="00547FEE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E352FE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>diting</w:t>
+      </w:r>
+      <w:r w:rsidR="00547FEE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and proofreading are important academic skills, so it is essential to allocate time before you submit to check your work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B38BD58" w14:textId="10B7E22C" w:rsidR="00547FEE" w:rsidRDefault="00547FEE" w:rsidP="00547FEE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Editing and proofreading are often mistakenly thought to be the same process, but they offer two different strategies for improving your work.</w:t>
+      </w:r>
+      <w:r w:rsidR="003219C9">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CC28574" w14:textId="155875AD" w:rsidR="003219C9" w:rsidRDefault="003219C9" w:rsidP="00547FEE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Editing focuses on content, clarity</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF21E8">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>, structure, and tone. Editing is part of the writing process, therefore should come before proofreading.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="132E76DE" w14:textId="73F5A334" w:rsidR="00DF21E8" w:rsidRDefault="00DF21E8" w:rsidP="00547FEE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Proofreadin</w:t>
+      </w:r>
+      <w:r w:rsidR="003E1DF3">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>g means checking for any errors before you submit. This includes checking elements of your work such as spelling, referencing, and formatting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0958EB74" w14:textId="253B94D9" w:rsidR="003E1DF3" w:rsidRDefault="00C003BA" w:rsidP="00C003BA">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
         <w:t>Editing</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1245FF20" w14:textId="235C54C9" w:rsidR="008A5640" w:rsidRDefault="008A5640" w:rsidP="00FC12B2">
-[...28 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="6B6C49D3" w14:textId="600769AC" w:rsidR="00C003BA" w:rsidRDefault="001C1BF0" w:rsidP="00060316">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C1BF0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="xui-provider"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="2AFE6DE3" w14:textId="5AF6A104" w:rsidR="00F4420B" w:rsidRPr="002F5021" w:rsidRDefault="00F4420B" w:rsidP="00FC12B2">
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ome of the different </w:t>
+      </w:r>
+      <w:r w:rsidR="000079C4">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">elements involved in editing </w:t>
+      </w:r>
+      <w:r w:rsidR="00060316">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>include clarity, structure, relevance, and tone. Here are some useful questions to ask yourself in each of these categories.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C1C5DFB" w14:textId="3F20C605" w:rsidR="000079C4" w:rsidRDefault="000079C4" w:rsidP="00060316">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Clarity: </w:t>
+      </w:r>
+      <w:r w:rsidR="00597E69">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>1. Is your writing clear, concise, and easy to follow? 2. Are your arguments or point</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC47EE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00597E69">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> obvious? 3. Would </w:t>
+      </w:r>
+      <w:r w:rsidR="006750BF">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>someone who is not an expert in your subject area, still be able to understand the gist?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44253727" w14:textId="6EA241A0" w:rsidR="006750BF" w:rsidRDefault="006750BF" w:rsidP="00060316">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Structure: 1. Is your</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD7ECB">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> writing presented in a logical manner? 2. Does your work flow? 3. I</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC47EE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD7ECB">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> there anything missing or repeated?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FE4D2DD" w14:textId="236A2256" w:rsidR="00FD7ECB" w:rsidRDefault="00FD7ECB" w:rsidP="00060316">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Relevance: 1. Is what you have written relevant to your topic? 2. Have you answered the question? 3. Have you met all of your learning outcomes?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57C46BD9" w14:textId="4971862E" w:rsidR="00CF2AB0" w:rsidRDefault="00CF2AB0" w:rsidP="00060316">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Tone: 1. Are you using an appropriate academic tone? 2. Is your writing in the correct voice? (3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF2AB0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>rd</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> perso</w:t>
+      </w:r>
+      <w:r w:rsidR="009E3240">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>n for most academic writing, 1</w:t>
+      </w:r>
+      <w:r w:rsidR="009E3240" w:rsidRPr="009E3240">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r w:rsidR="009E3240">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> person for reflective writing. 3. Have you used appropriate and relevan</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA53D5">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>t vocabulary?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CF6120D" w14:textId="7A8AF119" w:rsidR="003B2E9F" w:rsidRDefault="003B2E9F" w:rsidP="003B2E9F">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Proofreading</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06FE5919" w14:textId="5B10CF13" w:rsidR="003B2E9F" w:rsidRDefault="003B2E9F" w:rsidP="003B2E9F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B2E9F">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>roofreading is an essential part of the academic writing process. It is an important skill which enables you to ensure your work is accurate, and can help you to retain valuable marks in your assignment. Proofreading fundamentally involves 2 main skills:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63DA71A5" w14:textId="4E86748F" w:rsidR="001E0E77" w:rsidRDefault="001E0E77" w:rsidP="001E0E77">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rStyle w:val="xui-provider"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="0F65A9B6" w14:textId="382BA172" w:rsidR="00F4420B" w:rsidRPr="002F5021" w:rsidRDefault="00F4420B" w:rsidP="00FC12B2">
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Spott</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA7F40">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> errors</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40568A2F" w14:textId="055CAC5E" w:rsidR="001E0E77" w:rsidRDefault="001E0E77" w:rsidP="001E0E77">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rStyle w:val="xui-provider"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="7E474BA9" w14:textId="36A39642" w:rsidR="00504AE4" w:rsidRPr="002F5021" w:rsidRDefault="00504AE4" w:rsidP="00FC12B2">
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Making corrections</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64240965" w14:textId="6962E733" w:rsidR="001E0E77" w:rsidRDefault="00112439" w:rsidP="00EC6523">
+      <w:pPr>
+        <w:pStyle w:val="Style1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Spo</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6523">
+        <w:t>tting errors</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12E0B329" w14:textId="197A0C97" w:rsidR="00EC6523" w:rsidRDefault="00703CDA" w:rsidP="00BE028F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Use the 3 suggestions below as a checklist to identify what</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE028F">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to consider when proofreading your work:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46ABCC51" w14:textId="11A0C94C" w:rsidR="00BE028F" w:rsidRDefault="00BE028F" w:rsidP="00BE028F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rStyle w:val="xui-provider"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="679D5EC1" w14:textId="7842E25E" w:rsidR="00504AE4" w:rsidRPr="002F5021" w:rsidRDefault="00504AE4" w:rsidP="00FC12B2">
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spelling, punctuation, and grammar (sometimes referred to as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>SpaG</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>) are key things to check when you proofread</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B10B052" w14:textId="5D5545F7" w:rsidR="00BE028F" w:rsidRDefault="00BE028F" w:rsidP="00BE028F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rStyle w:val="xui-provider"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="39F12123" w14:textId="43BBAB2E" w:rsidR="00504AE4" w:rsidRPr="002F5021" w:rsidRDefault="00504AE4" w:rsidP="00FC12B2">
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Remember to check your references are accurate (including in-text citations, and your reference list at the end).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AC9BF04" w14:textId="1DF7DE3F" w:rsidR="00BE028F" w:rsidRDefault="00BE028F" w:rsidP="00BE028F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rStyle w:val="xui-provider"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="305F38CB" w14:textId="5CA31AAA" w:rsidR="00B45146" w:rsidRPr="002F5021" w:rsidRDefault="00B45146" w:rsidP="00FC12B2">
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Is your formatting correct? Does if follow the guidance in your module or course handbook?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EEBB06A" w14:textId="77777777" w:rsidR="000D788B" w:rsidRDefault="000D788B" w:rsidP="000D788B">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70AB04D7" w14:textId="5064D025" w:rsidR="000D788B" w:rsidRDefault="006C28E7" w:rsidP="006C28E7">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Spelling, Punctuation, and Grammar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70D4BE11" w14:textId="297DB8C3" w:rsidR="004E7427" w:rsidRDefault="006C28E7" w:rsidP="004E7427">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C28E7">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There are a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">wide range of spelling, </w:t>
+      </w:r>
+      <w:r w:rsidR="006937EB">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>punctuation, and grammar (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006937EB">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>SPaG</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006937EB">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) conventions to consider when proofreading. This section covers some of the most common </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006937EB">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>SPaG</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006937EB">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> erro</w:t>
+      </w:r>
+      <w:r w:rsidR="00A92DE2">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>rs, to help you to work out what to try and identify in your own work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F4804D4" w14:textId="18F505CC" w:rsidR="004E7427" w:rsidRPr="00BE360D" w:rsidRDefault="004E7427" w:rsidP="00BE360D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE360D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Spelling mistakes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="224FFA72" w14:textId="662EB6CC" w:rsidR="004E7427" w:rsidRDefault="00BE360D" w:rsidP="00BE360D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Checking for spelling errors is important to ensure that your work is as accurate as it can be. Here are some examples of commonly misspelled words:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3638"/>
+        <w:gridCol w:w="3638"/>
+        <w:gridCol w:w="3639"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00BE360D" w14:paraId="62CB1126" w14:textId="77777777" w:rsidTr="00EC3039">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3638" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B17D224" w14:textId="62E98043" w:rsidR="00BE360D" w:rsidRDefault="00BE360D" w:rsidP="004E7427">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Incorrect</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3638" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BE56780" w14:textId="18B90E24" w:rsidR="00BE360D" w:rsidRDefault="00BE360D" w:rsidP="004E7427">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Correct</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3639" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AC06ABA" w14:textId="1D68AF4C" w:rsidR="00BE360D" w:rsidRDefault="00BE360D" w:rsidP="004E7427">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Why it’s confusing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE360D" w14:paraId="6C6C924E" w14:textId="77777777" w:rsidTr="00EC3039">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3638" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="235DC5C2" w14:textId="506584BA" w:rsidR="00BE360D" w:rsidRDefault="00EC3039" w:rsidP="004E7427">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>definately</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3638" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F786CFB" w14:textId="1578AC83" w:rsidR="00BE360D" w:rsidRDefault="00EC3039" w:rsidP="004E7427">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>definitely</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3639" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29F9BA4B" w14:textId="1B8466CC" w:rsidR="00BE360D" w:rsidRDefault="00EC3039" w:rsidP="004E7427">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>The 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC3039">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>nd</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ‘I’ sounds like an ‘a’ when spoken aloud</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE360D" w14:paraId="185F4745" w14:textId="77777777" w:rsidTr="00EC3039">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3638" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C35A9FB" w14:textId="522317BD" w:rsidR="00BE360D" w:rsidRDefault="00EC3039" w:rsidP="004E7427">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>seperate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3638" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51C6CE89" w14:textId="640D7B84" w:rsidR="00BE360D" w:rsidRDefault="00EC3039" w:rsidP="004E7427">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>separate</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3639" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52EE3B21" w14:textId="73E9E134" w:rsidR="00BE360D" w:rsidRDefault="00EC3039" w:rsidP="004E7427">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>The 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC3039">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>st</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ‘a’</w:t>
+            </w:r>
+            <w:r w:rsidR="00122134">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is often confused for an ‘e’ because of how it sounds aloud</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE360D" w14:paraId="478A4907" w14:textId="77777777" w:rsidTr="00EC3039">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3638" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A3DD339" w14:textId="6322DA4F" w:rsidR="00BE360D" w:rsidRDefault="00122134" w:rsidP="004E7427">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>enviroment</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3638" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50DCEB2D" w14:textId="3DB2DF38" w:rsidR="00BE360D" w:rsidRDefault="00122134" w:rsidP="004E7427">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>environment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3639" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46370366" w14:textId="31E9905E" w:rsidR="00BE360D" w:rsidRDefault="00122134" w:rsidP="004E7427">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>The ‘n’ is silent when spoken aloud</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE360D" w14:paraId="0782A632" w14:textId="77777777" w:rsidTr="00EC3039">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3638" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F207DBE" w14:textId="2E80AC47" w:rsidR="00BE360D" w:rsidRDefault="00122134" w:rsidP="004E7427">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>accomodate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3638" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C84A097" w14:textId="7A1D6488" w:rsidR="00BE360D" w:rsidRDefault="00122134" w:rsidP="004E7427">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>accommodate</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3639" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47118E08" w14:textId="1B719080" w:rsidR="00BE360D" w:rsidRDefault="00122134" w:rsidP="004E7427">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Both ‘c’ and ‘m’ are double letters</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7078F7B1" w14:textId="77777777" w:rsidR="00BE360D" w:rsidRDefault="00BE360D" w:rsidP="004E7427">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0827ED25" w14:textId="3354BF82" w:rsidR="00122134" w:rsidRPr="00122134" w:rsidRDefault="00122134" w:rsidP="00122134">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00122134">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Homophones</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="222733C8" w14:textId="2176B6D3" w:rsidR="00122134" w:rsidRDefault="00122134" w:rsidP="00ED39BA">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Homophones are words that sound the same (or </w:t>
+      </w:r>
+      <w:r w:rsidR="00992710">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">very </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>similar), and can easily be confused.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D76BABF" w14:textId="70D39D3A" w:rsidR="00122134" w:rsidRDefault="00122134" w:rsidP="00ED39BA">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For example; </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2EEA">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>there, their, and the</w:t>
+      </w:r>
+      <w:r w:rsidR="00084972">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>y’re</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2EEA">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are homophones that can easily be mixed up.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36F76F77" w14:textId="1ABF36D9" w:rsidR="00CA3299" w:rsidRDefault="00CA3299" w:rsidP="00ED39BA">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There (spelled </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>t,h,e,r,e</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>) refers to a place, e.g., I’m visiting the new coffee shop over there.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="177967A1" w14:textId="0E9F2FE9" w:rsidR="00CA3299" w:rsidRDefault="00CA3299" w:rsidP="00ED39BA">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Their (spelled </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>t,h,e,i,r</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>) means belonging to them, e.g., I like their style</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6600CC6F" w14:textId="70EA9406" w:rsidR="00BE028F" w:rsidRDefault="00CA3299" w:rsidP="004E7427">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidR="00584E6F">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>y’re</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00584E6F">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(spelled </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00584E6F">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>t,h,e,y</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00584E6F">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00084972">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> apostrophe, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00084972">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>r,e</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00584E6F">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>is a contraction of ‘they are’, e.g., They’re very busy today.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CC8B436" w14:textId="70890847" w:rsidR="00ED39BA" w:rsidRPr="003247CB" w:rsidRDefault="00ED39BA" w:rsidP="00ED39BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003247CB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Commonly confused words</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="326F4359" w14:textId="2550389E" w:rsidR="003247CB" w:rsidRDefault="00DC3CCD" w:rsidP="00BA0801">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Words that are similar but </w:t>
+      </w:r>
+      <w:r w:rsidR="00447BF3">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>easily</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> confused</w:t>
+      </w:r>
+      <w:r w:rsidR="00447BF3">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will often not be picked up by a spellchecker. It is helpful to check whether you have used the correct word.</w:t>
+      </w:r>
+      <w:r w:rsidR="003247CB">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Some examples of commonly confused words are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0321C33F" w14:textId="239AA411" w:rsidR="003247CB" w:rsidRPr="003247CB" w:rsidRDefault="003247CB" w:rsidP="00BA0801">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rStyle w:val="xui-provider"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="61E97D2A" w14:textId="03443C22" w:rsidR="00B45146" w:rsidRPr="002F5021" w:rsidRDefault="00B45146" w:rsidP="00FC12B2">
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>affect</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003247CB">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and effect</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="226A7A6C" w14:textId="3273B235" w:rsidR="003247CB" w:rsidRPr="003247CB" w:rsidRDefault="003247CB" w:rsidP="00BA0801">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rStyle w:val="xui-provider"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="3022A2A3" w14:textId="7E2ABC19" w:rsidR="001164C4" w:rsidRPr="002F5021" w:rsidRDefault="001164C4" w:rsidP="00FC12B2">
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>advice</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003247CB">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and advise</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64B94807" w14:textId="5A210C7F" w:rsidR="003247CB" w:rsidRPr="003247CB" w:rsidRDefault="003247CB" w:rsidP="00BA0801">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rStyle w:val="xui-provider"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="4B87D0C9" w14:textId="3B1E4038" w:rsidR="001164C4" w:rsidRPr="002F5021" w:rsidRDefault="001164C4" w:rsidP="00FC12B2">
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>complement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003247CB">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and compliment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61905E77" w14:textId="51CA1129" w:rsidR="003247CB" w:rsidRPr="003247CB" w:rsidRDefault="003247CB" w:rsidP="00BA0801">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rStyle w:val="xui-provider"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="69156223" w14:textId="77777777" w:rsidR="00FF0954" w:rsidRPr="002F5021" w:rsidRDefault="001164C4" w:rsidP="00FC12B2">
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>practice</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003247CB">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and practise</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46074ABC" w14:textId="3E57EB14" w:rsidR="003247CB" w:rsidRDefault="003247CB" w:rsidP="003247CB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>In UK English, the noun ‘practice</w:t>
+      </w:r>
+      <w:r w:rsidR="00F16879">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>’ and verb ‘practise’ are distinguished by the slight difference in spelling</w:t>
+      </w:r>
+      <w:r w:rsidR="001E3E60">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (with a ‘c’ and an ‘s’ respectively).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="779B377D" w14:textId="49778788" w:rsidR="001E3E60" w:rsidRDefault="001E3E60" w:rsidP="003247CB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>For example:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A6EDC12" w14:textId="0D2794F5" w:rsidR="001E3E60" w:rsidRDefault="001E3E60" w:rsidP="001E3E60">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rStyle w:val="xui-provider"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="0F78FD6D" w14:textId="1B5255AB" w:rsidR="00FF0954" w:rsidRPr="002F5021" w:rsidRDefault="00FF0954" w:rsidP="00FC12B2">
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Best practice is to document all decisions. (</w:t>
+      </w:r>
+      <w:r w:rsidR="003663C1">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>ractice with a ‘c’</w:t>
+      </w:r>
+      <w:r w:rsidR="003663C1">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>, noun)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ACCB483" w14:textId="48122E48" w:rsidR="003663C1" w:rsidRDefault="003663C1" w:rsidP="001E3E60">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rStyle w:val="xui-provider"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="5359BA21" w14:textId="115155F4" w:rsidR="00FF0954" w:rsidRPr="002F5021" w:rsidRDefault="00FF0954" w:rsidP="00FC12B2">
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Essay writing becomes more fluent with practice. (practice with a ‘c’, uncountable noun)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F1AEF71" w14:textId="32DAC799" w:rsidR="003663C1" w:rsidRDefault="003663C1" w:rsidP="00323BDE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rStyle w:val="xui-provider"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="52F3443A" w14:textId="4A5E92B9" w:rsidR="00FF0954" w:rsidRPr="002F5021" w:rsidRDefault="00FF0954" w:rsidP="00FC12B2">
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>She practised medicine internationally for the last ten years. (p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323BDE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>ractice with an ‘s’, verb)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F9FEA34" w14:textId="02D84A54" w:rsidR="00323BDE" w:rsidRPr="008A06DA" w:rsidRDefault="00323BDE" w:rsidP="008221ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A06DA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Proper nouns</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53A69FE0" w14:textId="12F78385" w:rsidR="008221ED" w:rsidRDefault="008221ED" w:rsidP="00BA0801">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>A proper noun is a specific name for a particular person, place, or thing. A proper noun should always begin with a capital letter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31F85AEB" w14:textId="76984970" w:rsidR="008221ED" w:rsidRDefault="008221ED" w:rsidP="00BA0801">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Incorrect: The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>eiffel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tower was </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>lauren’s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E5820">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">favourite trip when she visited </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002E5820">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>paris</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002E5820">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04257B7B" w14:textId="2C70209D" w:rsidR="008A06DA" w:rsidRDefault="002E5820" w:rsidP="00BA0801">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Correct: The Eiffel Tower was Lauren’s favourite trip when she visited Paris.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51E6C116" w14:textId="154A9201" w:rsidR="002E5820" w:rsidRDefault="002E5820" w:rsidP="00BA0801">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>The words ‘Eiffel’, ‘Tower’, ‘Lauren’s’, and ‘Paris’ should all be capitalised.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C0CB6B0" w14:textId="37735698" w:rsidR="00323BDE" w:rsidRPr="008C494B" w:rsidRDefault="008C494B" w:rsidP="00323BDE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C494B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Acronyms</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="576EF34F" w14:textId="77777777" w:rsidR="008C494B" w:rsidRPr="008C494B" w:rsidRDefault="008C494B" w:rsidP="00BA0801">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C494B">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Acronyms are formed from the initial letters of a name or phrase, and are often used in their own right.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="567912D0" w14:textId="77777777" w:rsidR="008C494B" w:rsidRPr="008C494B" w:rsidRDefault="008C494B" w:rsidP="00BA0801">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C494B">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Acronyms can be used in academic writing, but should be written out in full the first time they are mentioned, with the corresponding abbreviation following in brackets. Subsequently the abbreviation can then be used in your writing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DD38BBA" w14:textId="77777777" w:rsidR="008C494B" w:rsidRPr="008C494B" w:rsidRDefault="008C494B" w:rsidP="008C494B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C494B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>For example:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37A45A6D" w14:textId="443C7488" w:rsidR="008C494B" w:rsidRDefault="008C494B" w:rsidP="008C494B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C494B">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>The governance and coordination of global health has been managed by the World Health Organisation (WHO) since its inception in 1948 (Gostin et al., 2024). The WHO also recognise maternal nutrition as one of the key priorities for public health globally (Killeen et al., 2022).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="238E1757" w14:textId="77777777" w:rsidR="003A5EFB" w:rsidRDefault="003A5EFB" w:rsidP="008C494B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="434169ED" w14:textId="4F4EE643" w:rsidR="003A5EFB" w:rsidRPr="003A5EFB" w:rsidRDefault="003A5EFB" w:rsidP="008C494B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A5EFB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Abbreviations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61DB3620" w14:textId="2CE019E8" w:rsidR="003A5EFB" w:rsidRPr="003A5EFB" w:rsidRDefault="003A5EFB" w:rsidP="00BA0801">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A5EFB">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>An</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5EFB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5EFB">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>abbreviation is when a commonly used word is shortened. For example</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5EFB">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> most people are familiar with the word doctor being abbreviated to Dr.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08C6D274" w14:textId="2837EF23" w:rsidR="003A5EFB" w:rsidRPr="003A5EFB" w:rsidRDefault="003A5EFB" w:rsidP="00BA0801">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A5EFB">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Abbreviated personal titles such as this are fine to use in academic writing, however other forms of abbreviation are too informal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BAB64E9" w14:textId="77777777" w:rsidR="003A5EFB" w:rsidRDefault="003A5EFB" w:rsidP="00BA0801">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A5EFB">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>For example, you might note things informally in a draft, e.g., 'This guidance incl. ref. to nat. policy', however your final version should read, 'This guidance includes reference to national policy'.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7300F74C" w14:textId="021A5115" w:rsidR="001671E5" w:rsidRPr="009B638F" w:rsidRDefault="001671E5" w:rsidP="003A5EFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B638F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Punctuation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21348A62" w14:textId="121CB173" w:rsidR="009B638F" w:rsidRPr="009B638F" w:rsidRDefault="009B638F" w:rsidP="00BA0801">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B638F">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Punctuation marks are the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B638F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>symbols</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B638F">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t> used in language to help the flow and comprehension of a sentence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AA875F7" w14:textId="420156BF" w:rsidR="009B638F" w:rsidRPr="009B638F" w:rsidRDefault="009B638F" w:rsidP="00BA0801">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B638F">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Some common punctuation marks to check for are commas (,), semi-colons (;), colons (:), full stops (.), apostrophes ('), exclamation marks (!), and question marks (?).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6273EC26" w14:textId="25742D4D" w:rsidR="009B638F" w:rsidRDefault="009B638F" w:rsidP="00BA0801">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B638F">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Find out more about how to proofread for punctuation in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "https://eshare.edgehill.ac.uk/16407/1/Spelling%20Punctuation%20and%20Grammar%20%28SPaG%29%20Guide%20V3.pdf"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC3DDE">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>UniSkills</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC3DDE">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC3DDE">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC3DDE" w:rsidRPr="00AC3DDE">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Pa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3DDE">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC3DDE">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Guide</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C6A8B73" w14:textId="77777777" w:rsidR="00AC3DDE" w:rsidRDefault="00AC3DDE" w:rsidP="009B638F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="496AC396" w14:textId="3A01687B" w:rsidR="00AC3DDE" w:rsidRPr="007C099F" w:rsidRDefault="00E657D1" w:rsidP="009B638F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C099F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Apostrophes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2815600A" w14:textId="77777777" w:rsidR="007C099F" w:rsidRPr="007C099F" w:rsidRDefault="007C099F" w:rsidP="007C099F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C099F">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Apostrophes are used for 2 reasons:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="622E7BF6" w14:textId="6AA6FF6A" w:rsidR="007C099F" w:rsidRPr="007C099F" w:rsidRDefault="007C099F" w:rsidP="00590817">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C099F">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>To indicate possession (ownership)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FACBA37" w14:textId="77777777" w:rsidR="007C099F" w:rsidRPr="007C099F" w:rsidRDefault="007C099F" w:rsidP="007C099F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C099F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Singular possession examples:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5070C0BF" w14:textId="77777777" w:rsidR="007C099F" w:rsidRPr="007C099F" w:rsidRDefault="007C099F" w:rsidP="007C099F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C099F">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>The student's book (one book belongs to one student)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EDFF446" w14:textId="39252CA4" w:rsidR="007C099F" w:rsidRPr="007C099F" w:rsidRDefault="007C099F" w:rsidP="007C099F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C099F">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>The student's books (several books belong to one student)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49855F2C" w14:textId="77777777" w:rsidR="007C099F" w:rsidRPr="007C099F" w:rsidRDefault="007C099F" w:rsidP="007C099F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C099F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Plural possession examples:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CA0E4A4" w14:textId="77777777" w:rsidR="007C099F" w:rsidRPr="007C099F" w:rsidRDefault="007C099F" w:rsidP="007C099F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C099F">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>The students' book (one book belonging to several students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63703042" w14:textId="77777777" w:rsidR="007C099F" w:rsidRDefault="007C099F" w:rsidP="007C099F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C099F">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>The students' books (several books belonging to several students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="783491BB" w14:textId="77777777" w:rsidR="007C099F" w:rsidRPr="007C099F" w:rsidRDefault="007C099F" w:rsidP="007C099F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61F83528" w14:textId="77777777" w:rsidR="007C099F" w:rsidRPr="007C099F" w:rsidRDefault="007C099F" w:rsidP="007C099F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C099F">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>To mark contraction (letters or words omitted)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A1C2FED" w14:textId="77777777" w:rsidR="007C099F" w:rsidRDefault="007C099F" w:rsidP="007C099F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C099F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Contractions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C099F">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t> which are common in speech are not used in academic writing as it is important to maintain a formal tone.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5457"/>
+        <w:gridCol w:w="5458"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0042745E" w14:paraId="54532C27" w14:textId="77777777" w:rsidTr="00D632FE">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5457" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B15AC62" w14:textId="6B8EF710" w:rsidR="0042745E" w:rsidRDefault="0042745E" w:rsidP="007C099F">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Informal (e.g., speech)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="198311EB" w14:textId="12BFCA69" w:rsidR="0042745E" w:rsidRDefault="0042745E" w:rsidP="007C099F">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Formal (e.g., academic writing)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0042745E" w14:paraId="381221CA" w14:textId="77777777" w:rsidTr="00D632FE">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5457" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15D1AE76" w14:textId="5A60818A" w:rsidR="0042745E" w:rsidRDefault="0042745E" w:rsidP="007C099F">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>The research doesn’t show any evidence of improvement in children’s reading age.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="281E93A0" w14:textId="1B73DD95" w:rsidR="0042745E" w:rsidRDefault="0042745E" w:rsidP="007C099F">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>The research does not show any evidence of improvement in children’s reading age.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="724A324F" w14:textId="77777777" w:rsidR="0042745E" w:rsidRDefault="0042745E" w:rsidP="007C099F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FFC62A4" w14:textId="77777777" w:rsidR="00DF1610" w:rsidRDefault="00DF1610" w:rsidP="007C099F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="214D13E7" w14:textId="527D289E" w:rsidR="00DF1610" w:rsidRPr="00907A1C" w:rsidRDefault="00DF1610" w:rsidP="00DF1610">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00907A1C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Tenses</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DEDDA76" w14:textId="71E2D212" w:rsidR="00DF1610" w:rsidRDefault="00DF1610" w:rsidP="00907A1C">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Remember to ensure that tenses are consistent within sentences and paragraphs.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3256"/>
+        <w:gridCol w:w="7659"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DF1610" w14:paraId="4D051CAE" w14:textId="77777777" w:rsidTr="00D632FE">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3256" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58C6B5F5" w14:textId="027E9564" w:rsidR="00DF1610" w:rsidRPr="00907A1C" w:rsidRDefault="00DF1610" w:rsidP="00907A1C">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00907A1C">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Incorrect</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7659" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A3F64A6" w14:textId="2BD7DF50" w:rsidR="00DF1610" w:rsidRPr="00907A1C" w:rsidRDefault="00907A1C" w:rsidP="00907A1C">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00907A1C">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>The research examines three articles and found that one was not underpinned with clear evidence.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF1610" w14:paraId="2EA731A9" w14:textId="77777777" w:rsidTr="00D632FE">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3256" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="582A1A06" w14:textId="068032C6" w:rsidR="00DF1610" w:rsidRDefault="00DF1610" w:rsidP="00907A1C">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Correct</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7659" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="623537B6" w14:textId="3B127033" w:rsidR="00DF1610" w:rsidRPr="00907A1C" w:rsidRDefault="00907A1C" w:rsidP="00907A1C">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00907A1C">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>The research examined three articles and found that one was not underpinned with clear evidence.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="42394F61" w14:textId="77777777" w:rsidR="00907A1C" w:rsidRDefault="00907A1C" w:rsidP="00907A1C">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="517581D6" w14:textId="2C07CC67" w:rsidR="00DF1610" w:rsidRDefault="00907A1C" w:rsidP="00907A1C">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00907A1C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>The incorrect example moves from the present to the past tense, whereas the correct example remains in the past tense throughout.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="668E9789" w14:textId="16C0AC6D" w:rsidR="00EC137A" w:rsidRPr="007C099F" w:rsidRDefault="00EC137A" w:rsidP="00EC137A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B2891">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Summary</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C8536BC" w14:textId="1ADAE627" w:rsidR="001671E5" w:rsidRPr="003A5EFB" w:rsidRDefault="00EC137A" w:rsidP="002B2891">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC137A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002B2891">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="002B2891">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://eshare.edgehill.ac.uk/16407/1/Spelling%20Punctuation%20and%20Grammar%20%28SPaG%29%20Guide%20V3.pdf"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="002B2891">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="002B2891">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00224CCF" w:rsidRPr="002B2891">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>UniSkills</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00224CCF" w:rsidRPr="002B2891">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Spelling, Punctuation, and Grammar (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00224CCF" w:rsidRPr="002B2891">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>SPaG</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00224CCF" w:rsidRPr="002B2891">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>) Guide</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B2891">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B2891">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00EC137A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>offers comprehensive information on a range of conventions, and how to proofread for them.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34691549" w14:textId="77777777" w:rsidR="00EA0167" w:rsidRDefault="00EA0167" w:rsidP="00D30B50">
+      <w:pPr>
+        <w:pStyle w:val="Style1"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76ACA400" w14:textId="6A3CAA95" w:rsidR="003A5EFB" w:rsidRDefault="007275E6" w:rsidP="00D30B50">
+      <w:pPr>
+        <w:pStyle w:val="Style1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>References</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="307E64E2" w14:textId="77777777" w:rsidR="00E85AC0" w:rsidRDefault="00E85AC0" w:rsidP="00E85AC0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85AC0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Checking that your referencing is accurate involves a few different elements. Here are some questions to ask yourself before you submit:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F64719B" w14:textId="77777777" w:rsidR="00DA0647" w:rsidRPr="00490DDE" w:rsidRDefault="00DA0647" w:rsidP="00490DDE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="1CDA481C" w14:textId="16AA7C10" w:rsidR="002F5021" w:rsidRPr="002F5021" w:rsidRDefault="002F5021" w:rsidP="00FC12B2">
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490DDE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Have I consistently used the relevant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490DDE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>referencing system</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490DDE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for my course? (e.g., Edge Hill Harvard Style, APA, MHRA, OSCOLA, Vancouver)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7700F921" w14:textId="77777777" w:rsidR="00637446" w:rsidRPr="00490DDE" w:rsidRDefault="00637446" w:rsidP="00490DDE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...83 lines deleted...]
-    <w:p w14:paraId="7E5F3D79" w14:textId="30D8C877" w:rsidR="002F5021" w:rsidRPr="00201F8E" w:rsidRDefault="001A64F7" w:rsidP="00FC12B2">
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490DDE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Are all my </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490DDE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>in-text paraphrases</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490DDE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490DDE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>quotes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490DDE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> accurately referenced? (e.g., correct spelling for names, appropriate use of 'et al.', page numbers for quotations, etc.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0937FA03" w14:textId="77777777" w:rsidR="00637446" w:rsidRPr="00490DDE" w:rsidRDefault="00637446" w:rsidP="00490DDE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="1E76FCF5" w14:textId="1F212387" w:rsidR="001A64F7" w:rsidRPr="00201F8E" w:rsidRDefault="001A64F7" w:rsidP="00FC12B2">
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490DDE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Does my reference list include </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490DDE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>all the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490DDE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490DDE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>sources</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490DDE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I have cited? (Ensure that the reader can easily find sources from your references)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="377A5DA1" w14:textId="77777777" w:rsidR="00490DDE" w:rsidRPr="00490DDE" w:rsidRDefault="00490DDE" w:rsidP="00490DDE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...19 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490DDE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Is every entry in my </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490DDE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>reference list</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490DDE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> also cited in the text? (Do not include any entries that haven't been cited)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BB4F729" w14:textId="20281BAC" w:rsidR="00E85AC0" w:rsidRDefault="00EA0167" w:rsidP="00EA0167">
+      <w:pPr>
+        <w:pStyle w:val="Style1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Formatting</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DF3D2A0" w14:textId="77777777" w:rsidR="00EA0167" w:rsidRPr="00477511" w:rsidRDefault="00EA0167" w:rsidP="00477511">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477511">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Always follow your module handbook or assignment guidance to ensure that you are formatting your work in the style required by your department.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DE3FE58" w14:textId="77777777" w:rsidR="00EA0167" w:rsidRPr="00477511" w:rsidRDefault="00EA0167" w:rsidP="00477511">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477511">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Some things you may need to consider include; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00477511">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>font</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00477511">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00477511">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>font size</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00477511">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00477511">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>spacing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00477511">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00477511">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>page numbers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00477511">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. You may also be expected to include a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00477511">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>title page</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00477511">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00477511">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>cover page</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00477511">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> depending upon the piece of assessment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B569142" w14:textId="77777777" w:rsidR="003277FB" w:rsidRDefault="003277FB" w:rsidP="003277FB">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E31DB2E" w14:textId="1E63F263" w:rsidR="00EA0167" w:rsidRDefault="003277FB" w:rsidP="003277FB">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t>How to proofread</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47B73E15" w14:textId="0EADD61F" w:rsidR="003277FB" w:rsidRDefault="003277FB" w:rsidP="003277FB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003277FB">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It is almost impossible to spot all of the errors in your own work. You will likely read what you think you have written rather </w:t>
+      </w:r>
+      <w:r w:rsidR="004761ED">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">than </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003277FB">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>what you have actually written! Using a range of proofreading techniques and assistive technologies can help you to pick up any errors that you might have missed.</w:t>
+      </w:r>
+      <w:r w:rsidR="0066315A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Here are some suggestions for you to try:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5858E78E" w14:textId="526B469F" w:rsidR="003277FB" w:rsidRDefault="00267E38" w:rsidP="00267E38">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E38">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>A Fresh Take</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="185DBB53" w14:textId="77777777" w:rsidR="00B6345A" w:rsidRPr="00B6345A" w:rsidRDefault="00B6345A" w:rsidP="00B6345A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6345A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>A fresh re-reading can help to pick up any errors you were previously unable to spot. Asking a friend or family member to read through your work can also be a great strategy. This is usually more effective if they are unfamiliar with your subject area. Good academic writing should be clear enough for anyone to understand!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EE81F84" w14:textId="77777777" w:rsidR="00B6345A" w:rsidRPr="00B6345A" w:rsidRDefault="00B6345A" w:rsidP="00B6345A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6345A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>They should be able to help you identify:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A0DE5EB" w14:textId="77777777" w:rsidR="00B6345A" w:rsidRPr="00B6345A" w:rsidRDefault="00B6345A" w:rsidP="00B6345A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rStyle w:val="xui-provider"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6345A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Any points that don't make sense</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="523A2F7A" w14:textId="77777777" w:rsidR="00B6345A" w:rsidRPr="00B6345A" w:rsidRDefault="00B6345A" w:rsidP="00B6345A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rStyle w:val="xui-provider"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6345A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Obvious spelling and grammar mistakes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D3C439F" w14:textId="77777777" w:rsidR="00B6345A" w:rsidRPr="00B6345A" w:rsidRDefault="00B6345A" w:rsidP="00B6345A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rStyle w:val="xui-provider"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6345A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Formatting issues you may not have noticed (e.g., short paragraphs)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BFAFE9C" w14:textId="4F7DDCC4" w:rsidR="00B6345A" w:rsidRPr="00B6345A" w:rsidRDefault="00B6345A" w:rsidP="00B6345A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6345A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Remember that while it is great for a friend or family member to point out any errors or areas that don't make sense, they should not make those changes for you as that could potentially be classed </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC5097">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6345A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>contract cheating (where a 3rd party does the work for you)!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="570663F6" w14:textId="77777777" w:rsidR="00B6345A" w:rsidRDefault="00B6345A" w:rsidP="00B6345A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6345A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>If you don't have other people to read your work, the other way to get a 'fresh take' on it, is to finish a draft version with enough time to leave it completely for a few days (or longer if possible), and go back to it once you have had a good break from writing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6345A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="179B0083" w14:textId="03B921DA" w:rsidR="00E0410C" w:rsidRDefault="00E0410C" w:rsidP="00740C72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0410C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Listen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71904A7C" w14:textId="77777777" w:rsidR="000D6D76" w:rsidRPr="000D6D76" w:rsidRDefault="000D6D76" w:rsidP="000D6D76">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D6D76">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>One of the most effective ways to proofread is to listen to your work rather than reading it. When you listen back to your work, your brain processes the words in a different way, and it is easier to hear things that you might not spot when reading, such as;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47867AD8" w14:textId="77777777" w:rsidR="000D6D76" w:rsidRPr="000D6D76" w:rsidRDefault="000D6D76" w:rsidP="000D6D76">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rStyle w:val="xui-provider"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D6D76">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Spelling errors</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D239DCB" w14:textId="77777777" w:rsidR="000D6D76" w:rsidRPr="000D6D76" w:rsidRDefault="000D6D76" w:rsidP="000D6D76">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rStyle w:val="xui-provider"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D6D76">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>When sentences are long and rambling</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A6928BF" w14:textId="77777777" w:rsidR="000D6D76" w:rsidRPr="000D6D76" w:rsidRDefault="000D6D76" w:rsidP="000D6D76">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rStyle w:val="xui-provider"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D6D76">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>When points don't make sense</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F4D037A" w14:textId="77777777" w:rsidR="000D6D76" w:rsidRPr="000D6D76" w:rsidRDefault="000D6D76" w:rsidP="00CC3327">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D6D76">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Software</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="688B1BDC" w14:textId="77777777" w:rsidR="000D6D76" w:rsidRDefault="000D6D76" w:rsidP="00CC3327">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D6D76">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">As an Edge Hill University student you have access to text-to-speech software like </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId54" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="000D6D76">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Read&amp;Write12</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000D6D76">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which offers the option to listen to written text.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C0E4187" w14:textId="77777777" w:rsidR="00CC3327" w:rsidRPr="000D6D76" w:rsidRDefault="00CC3327" w:rsidP="00CC3327">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BB8BE22" w14:textId="77777777" w:rsidR="000D6D76" w:rsidRDefault="000D6D76" w:rsidP="000D6D76">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D6D76">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>However, Word also has an in-built 'Read Aloud' feature. Navigate to the Review tab to find it, and select the 'Read Aloud' function to listen to your work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ECE54F1" w14:textId="77777777" w:rsidR="00CC3327" w:rsidRDefault="00CC3327" w:rsidP="000D6D76">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B1B06C8" w14:textId="180702B7" w:rsidR="00F306DD" w:rsidRDefault="002F6EB8" w:rsidP="00F306DD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F6EB8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Find and Replace</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="550930AA" w14:textId="77777777" w:rsidR="004F07B0" w:rsidRPr="004F07B0" w:rsidRDefault="004F07B0" w:rsidP="004F07B0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F07B0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Word offers a range of other useful functions that can help you to proofread your work, for example Find and Replace (which sit in the Home tab).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C9CCBB0" w14:textId="77777777" w:rsidR="004F07B0" w:rsidRPr="004F07B0" w:rsidRDefault="004F07B0" w:rsidP="004F07B0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F07B0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Find</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="063F084A" w14:textId="77777777" w:rsidR="004F07B0" w:rsidRPr="004F07B0" w:rsidRDefault="004F07B0" w:rsidP="004F07B0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F07B0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>The find function can be helpful as a tool to check whether you have covered all the Learning Outcomes (LOs). By finding the key words from your title and LOs in the text you can identify whether you have covered everything, and if you have done so in enough depth.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B2DC132" w14:textId="77777777" w:rsidR="004F07B0" w:rsidRPr="004F07B0" w:rsidRDefault="004F07B0" w:rsidP="004F07B0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F07B0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>If the key words are not coming up in the document, but you know you have covered the topic, this function might help you to identify where you can add those key words as signposts to the relevant content.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65596B7C" w14:textId="77777777" w:rsidR="004F07B0" w:rsidRPr="004F07B0" w:rsidRDefault="004F07B0" w:rsidP="004F07B0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F07B0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Find and Replace</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="327D6976" w14:textId="77777777" w:rsidR="004F07B0" w:rsidRPr="004F07B0" w:rsidRDefault="004F07B0" w:rsidP="004F07B0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F07B0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>The find and replace function is also useful for identifying and eliminating informal language like contractions. E.g., You can find 'don't' and replace with 'do not'. This function will make the changes throughout the whole document.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10439F8C" w14:textId="77777777" w:rsidR="004F07B0" w:rsidRDefault="004F07B0" w:rsidP="004F07B0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F07B0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>You might also want to use it if there are words you frequently misspell, or mistype. E.g. You can find the misspelling '</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F07B0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>helath</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F07B0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>' and replace it with 'health'.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78D979AB" w14:textId="77777777" w:rsidR="00AA75D5" w:rsidRDefault="00AA75D5" w:rsidP="004F07B0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CC279CA" w14:textId="72BD1FAF" w:rsidR="00AA75D5" w:rsidRPr="007B2F02" w:rsidRDefault="00AA75D5" w:rsidP="00AA75D5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2F02">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Editor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67E282DC" w14:textId="77777777" w:rsidR="007B2F02" w:rsidRPr="007B2F02" w:rsidRDefault="007B2F02" w:rsidP="007B2F02">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2F02">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Editor is in-built in Word and helps to identify errors in spelling, grammar, and punctuation, as well as the conciseness of your writing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77C319B2" w14:textId="77777777" w:rsidR="007B2F02" w:rsidRPr="007B2F02" w:rsidRDefault="007B2F02" w:rsidP="007B2F02">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rStyle w:val="xui-provider"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2F02">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Spelling</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2F02">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - remember to ensure that the proofing language is set to 'English (United Kingdom)'. You can do this by navigating to the Review tab, selecting 'Language' and 'Set Proofing Language' from the drop-down options.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12BDB176" w14:textId="77777777" w:rsidR="007B2F02" w:rsidRPr="007B2F02" w:rsidRDefault="007B2F02" w:rsidP="007B2F02">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rStyle w:val="xui-provider"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2F02">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Grammar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2F02">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - the Editor function will help to identify if tenses are incorrect, and make suggestions about the appropriateness of the tone (e.g., whether it is too informal).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="124DAFA5" w14:textId="77777777" w:rsidR="007B2F02" w:rsidRPr="007B2F02" w:rsidRDefault="007B2F02" w:rsidP="007B2F02">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rStyle w:val="xui-provider"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2F02">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Punctuation </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2F02">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>- Editor can help you to identify errors in punctuation, such as missing commas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4958141F" w14:textId="77777777" w:rsidR="007B2F02" w:rsidRPr="007B2F02" w:rsidRDefault="007B2F02" w:rsidP="007B2F02">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rStyle w:val="xui-provider"/>
-[...35 lines deleted...]
-        <w:r w:rsidRPr="00644254">
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2F02">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Conciseness</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2F02">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - this function will support your writing to be concise by suggesting that you eliminate unnecessary words (e.g., 'in order to' could just be 'to').</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5308D888" w14:textId="77777777" w:rsidR="007B2F02" w:rsidRPr="007B2F02" w:rsidRDefault="007B2F02" w:rsidP="007B2F02">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2F02">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Remember to always use tools like Editor by exercising your own judgement. If undertaking the suggestions means the words no longer sound like your voice, or detract from the emphasis you are trying to make, you do not have to follow them!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F5E0848" w14:textId="77777777" w:rsidR="00AA75D5" w:rsidRPr="004F07B0" w:rsidRDefault="00AA75D5" w:rsidP="00AA75D5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D2653CE" w14:textId="152C896C" w:rsidR="004F6525" w:rsidRPr="004669F8" w:rsidRDefault="00AD58D0" w:rsidP="004669F8">
+      <w:pPr>
+        <w:pStyle w:val="Style1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004669F8">
+        <w:t>Proofreading Checklist</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D276AE9" w14:textId="77777777" w:rsidR="004669F8" w:rsidRDefault="004669F8" w:rsidP="004669F8">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004669F8">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You might find our downloadable </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="004669F8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-            <w:lang w:eastAsia="en-GB"/>
+            <w:b/>
+            <w:bCs/>
           </w:rPr>
-          <w:t>the UniSkills Spelling, Punctuation and Grammar (SPaG) guide</w:t>
+          <w:t>Proofreading Checklist</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00201F8E">
-[...9 lines deleted...]
-    <w:p w14:paraId="59033D87" w14:textId="1ACF5B91" w:rsidR="00644254" w:rsidRDefault="00644254" w:rsidP="00FC12B2">
+      <w:r w:rsidRPr="004669F8">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t> a helpful way to ensure you have covered all the elements covered in this section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C83FB9F" w14:textId="77777777" w:rsidR="00851F55" w:rsidRPr="004669F8" w:rsidRDefault="00851F55" w:rsidP="004669F8">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DE0F3C4" w14:textId="11B46B11" w:rsidR="004669F8" w:rsidRDefault="00851F55" w:rsidP="00851F55">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...135 lines deleted...]
-        <w:t xml:space="preserve">Immersive Reader is demonstrated in this </w:t>
+      </w:pPr>
+      <w:r>
+        <w:t>Why edit and proofread?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36FCD15B" w14:textId="77777777" w:rsidR="00851F55" w:rsidRPr="00851F55" w:rsidRDefault="00851F55" w:rsidP="00851F55">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851F55">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Spending time editing and proofreading enables you to ensure that you are submitting the best version of your work. Checking that your work is free from obvious errors, is clear and concise, and meets the assignment guidance, means that you care about the quality of work you produce.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B073338" w14:textId="28AFFD5B" w:rsidR="008C494B" w:rsidRPr="00323BDE" w:rsidRDefault="00851F55" w:rsidP="00851F55">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851F55">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Using these skills shows respect for both the writing process, and for the reader. Editing and proofreading also helps you demonstrate attention to detail, which is a lifelong skill. By submitting the best version of your work, you are creating a piece of assessment that also reflects your understanding, ability, and effort.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DCDE232" w14:textId="6D10F3E6" w:rsidR="00136EAA" w:rsidRDefault="00530905" w:rsidP="00FC12B2">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007C0CF6">
+        <w:lastRenderedPageBreak/>
+        <w:t>Useful Reading List</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28AE5D8B" w14:textId="26DA404E" w:rsidR="00C4503D" w:rsidRDefault="007C6A01" w:rsidP="00FC12B2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="xui-provider"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C6A01">
+        <w:rPr>
+          <w:rStyle w:val="xui-provider"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The following reference list will support you to develop your writing skills even further. All the sources are available via </w:t>
       </w:r>
       <w:hyperlink r:id="rId56" w:history="1">
-        <w:r w:rsidRPr="008D0CAE">
-[...284 lines deleted...]
-      <w:hyperlink r:id="rId59" w:history="1">
         <w:r w:rsidRPr="007C6A01">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Discover More</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C6A01">
         <w:rPr>
           <w:rStyle w:val="xui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="790D7DEA" w14:textId="0D1D3605" w:rsidR="00EA2F38" w:rsidRDefault="00EA2F38" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA2F38">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">BARROW, C. and WESTRUP, R., 2019. Writing skills for education students [eBook]. London: Red Globe Press. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60" w:history="1">
+      <w:hyperlink r:id="rId57" w:history="1">
         <w:r w:rsidRPr="003D210B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>https://edgehill.on.worldcat.org/oclc/1042350846</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EA2F38">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 14 May 2024].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E0FF0F1" w14:textId="13714D90" w:rsidR="00EA2F38" w:rsidRDefault="00EA2F38" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA2F38">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">COTTRELL, S., 2019. The Study Skills Handbook [eBook]. 5th ed. London: Bloomsbury Publishing. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61" w:history="1">
+      <w:hyperlink r:id="rId58" w:history="1">
         <w:r w:rsidRPr="003D210B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>https://edgehill.on.worldcat.org/oclc/1084318402</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EA2F38">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 14 May 2024].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09E0131F" w14:textId="4AAA43FD" w:rsidR="003D210B" w:rsidRPr="003D210B" w:rsidRDefault="003D210B" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D210B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">DAY, T., 2018. Success in Academic Writing [eBook]. 3rd ed. London: Palgrave. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62" w:history="1">
+      <w:hyperlink r:id="rId59" w:history="1">
         <w:r w:rsidRPr="003D210B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>https://edgehill.on.worldcat.org/oclc/1372569021</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003D210B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 14 May 2024].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62A0E31E" w14:textId="39EEAD77" w:rsidR="003D210B" w:rsidRPr="003D210B" w:rsidRDefault="003D210B" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
@@ -18710,51 +22572,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>ESTERHUIZEN, P. and HOWATSON-JONES, L., 2023. Reflective practice in nursing. 5th ed. London: SAGE Publishing Company.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DB09ACF" w14:textId="4644B11D" w:rsidR="003D210B" w:rsidRPr="003D210B" w:rsidRDefault="003D210B" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D210B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">GODFREY, J., 2013. The student phrase book: vocabulary for writing at university [eBook]. 2nd ed. Basingstoke: Palgrave Macmillan. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63" w:history="1">
+      <w:hyperlink r:id="rId60" w:history="1">
         <w:r w:rsidRPr="003D210B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>https://edgehill.on.worldcat.org/oclc/1140136870</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003D210B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 14 May 2024]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12CF9130" w14:textId="64B8436F" w:rsidR="003D210B" w:rsidRPr="003D210B" w:rsidRDefault="003D210B" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
@@ -18806,58 +22668,76 @@
       </w:pPr>
       <w:r w:rsidRPr="007B6C82">
         <w:t>Useful Links</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="536AAB7F" w14:textId="748BEAA4" w:rsidR="00464DB5" w:rsidRPr="0005333C" w:rsidRDefault="00464DB5" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924FB6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>This resource from</w:t>
       </w:r>
-      <w:hyperlink r:id="rId64" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId61" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00A118A4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
-          <w:t> Manchester Academic Phrasebank </w:t>
+          <w:t xml:space="preserve"> Manchester Academic </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00A118A4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          </w:rPr>
+          <w:t>Phrasebank</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00A118A4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          </w:rPr>
+          <w:t> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00924FB6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t xml:space="preserve">can help with </w:t>
       </w:r>
       <w:r w:rsidR="00B65F58" w:rsidRPr="00924FB6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>the ‘</w:t>
       </w:r>
       <w:r w:rsidRPr="00924FB6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>phraseological ‘nuts and bolts’ of </w:t>
@@ -18872,98 +22752,99 @@
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>academic writing.' </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E60EEDF" w14:textId="57A01D6C" w:rsidR="009C50A9" w:rsidRPr="00DF36F9" w:rsidRDefault="0005333C" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0005333C">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t xml:space="preserve">You can find our other toolkits on your </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65" w:history="1">
+      <w:hyperlink r:id="rId62" w:history="1">
         <w:r w:rsidRPr="00A118A4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>UniSkills webpages</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0005333C">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="750CD864" w14:textId="0FBCAF78" w:rsidR="00530905" w:rsidRPr="007B6C82" w:rsidRDefault="00B90FD9" w:rsidP="00FC12B2">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="007B6C82">
+        <w:lastRenderedPageBreak/>
         <w:t>UniSkills blogs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F395F2C" w14:textId="51097F3A" w:rsidR="00B90FD9" w:rsidRPr="00924FB6" w:rsidRDefault="00B90FD9" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924FB6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>UniSkills write regular </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId63" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00A118A4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>blogs</w:t>
         </w:r>
         <w:r w:rsidRPr="00A118A4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>,</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00924FB6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> including a monthly focus on </w:t>
@@ -19023,51 +22904,51 @@
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="007B6C82">
         <w:t>Other Resources</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66555C2D" w14:textId="79146929" w:rsidR="009A5549" w:rsidRPr="00B37FE4" w:rsidRDefault="00B37FE4" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37FE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Check out </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67" w:history="1">
+      <w:hyperlink r:id="rId64" w:history="1">
         <w:r w:rsidRPr="00DF36F9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>LinkedIn Learning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B37FE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> for access to free, unlimited access to thousands of high quality online courses and video tutorials written by industry experts.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1162EFCA" w14:textId="27B4B64B" w:rsidR="00530905" w:rsidRDefault="00530905" w:rsidP="00FC12B2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
@@ -19142,79 +23023,79 @@
         <w:t>develop</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE06E3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> skills, we have a </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE06E3">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
         </w:rPr>
         <w:t>range of options</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE06E3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> for you to access at both graduate and postgraduate taught level. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30F5D555" w14:textId="7130F85E" w:rsidR="00530905" w:rsidRPr="007B6C82" w:rsidRDefault="001A3CDE" w:rsidP="00FC12B2">
+    <w:p w14:paraId="30F5D555" w14:textId="7130F85E" w:rsidR="00530905" w:rsidRPr="007B6C82" w:rsidRDefault="00104AFE" w:rsidP="00FC12B2">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:hyperlink r:id="rId68" w:history="1">
-        <w:r w:rsidR="00104AFE" w:rsidRPr="007B6C82">
+      <w:hyperlink r:id="rId65" w:history="1">
+        <w:r w:rsidRPr="007B6C82">
           <w:t>Webpages</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="04417C38" w14:textId="222249E6" w:rsidR="000A65AF" w:rsidRPr="00FE06E3" w:rsidRDefault="000A65AF" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924FB6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Reach your potential and visit our </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69" w:history="1">
+      <w:hyperlink r:id="rId66" w:history="1">
         <w:r w:rsidRPr="00FE1339">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>UniSkills web pages</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FE06E3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE06E3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -19282,232 +23163,232 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> and </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE06E3">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>confidence</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE06E3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> at university and beyond.  Whatever your subject or level of study, UniSkills has something to offer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D48DC55" w14:textId="2E5BC91B" w:rsidR="000A65AF" w:rsidRPr="007B6C82" w:rsidRDefault="001A3CDE" w:rsidP="00FC12B2">
+    <w:p w14:paraId="2D48DC55" w14:textId="2E5BC91B" w:rsidR="000A65AF" w:rsidRPr="007B6C82" w:rsidRDefault="00104AFE" w:rsidP="00FC12B2">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:hyperlink r:id="rId70" w:history="1">
-        <w:r w:rsidR="00104AFE" w:rsidRPr="007B6C82">
+      <w:hyperlink r:id="rId67" w:history="1">
+        <w:r w:rsidRPr="007B6C82">
           <w:t>Workshops and webinars</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3A02B96B" w14:textId="3CEE8FC1" w:rsidR="000A65AF" w:rsidRPr="00FE1339" w:rsidRDefault="001A3CDE" w:rsidP="00FC12B2">
-[...9 lines deleted...]
-        <w:r w:rsidR="000A65AF" w:rsidRPr="00B410C0">
+    <w:p w14:paraId="3A02B96B" w14:textId="3CEE8FC1" w:rsidR="000A65AF" w:rsidRPr="00FE1339" w:rsidRDefault="000A65AF" w:rsidP="00FC12B2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="4D4F53" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId68" w:history="1">
+        <w:r w:rsidRPr="00B410C0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>UniSkills workshops</w:t>
         </w:r>
-        <w:r w:rsidR="000A65AF" w:rsidRPr="00B410C0">
+        <w:r w:rsidRPr="00B410C0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t> and </w:t>
         </w:r>
-        <w:r w:rsidR="000A65AF" w:rsidRPr="00B410C0">
+        <w:r w:rsidRPr="00B410C0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>webinars</w:t>
         </w:r>
-        <w:r w:rsidR="000A65AF" w:rsidRPr="00B410C0">
+        <w:r w:rsidRPr="00B410C0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="000A65AF" w:rsidRPr="00FE1339">
+      <w:r w:rsidRPr="00FE1339">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>are an opportunity for a deeper dive into a </w:t>
       </w:r>
-      <w:r w:rsidR="000A65AF" w:rsidRPr="00FE1339">
+      <w:r w:rsidRPr="00FE1339">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>specific skill</w:t>
       </w:r>
-      <w:r w:rsidR="000A65AF" w:rsidRPr="00FE1339">
+      <w:r w:rsidRPr="00FE1339">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> that will </w:t>
       </w:r>
-      <w:r w:rsidR="000A65AF" w:rsidRPr="00FE1339">
+      <w:r w:rsidRPr="00FE1339">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>support you on your academic journey</w:t>
       </w:r>
-      <w:r w:rsidR="000A65AF" w:rsidRPr="00FE1339">
+      <w:r w:rsidRPr="00FE1339">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="000A65AF" w:rsidRPr="00FE1339">
+      <w:r w:rsidRPr="00FE1339">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> Facilitated by our friendly and knowledgeable Academic Skills Advisors, these sessions provide an </w:t>
       </w:r>
-      <w:r w:rsidR="000A65AF" w:rsidRPr="00FE1339">
+      <w:r w:rsidRPr="00FE1339">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>informal safe space</w:t>
       </w:r>
-      <w:r w:rsidR="000A65AF" w:rsidRPr="00FE1339">
+      <w:r w:rsidRPr="00FE1339">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> where you will be </w:t>
       </w:r>
-      <w:r w:rsidR="000A65AF" w:rsidRPr="00FE1339">
+      <w:r w:rsidRPr="00FE1339">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>supported</w:t>
       </w:r>
-      <w:r w:rsidR="000A65AF" w:rsidRPr="00FE1339">
+      <w:r w:rsidRPr="00FE1339">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> alongside other students in a small group setting. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="190952A6" w14:textId="324CE80C" w:rsidR="00104AFE" w:rsidRPr="007B6C82" w:rsidRDefault="001A3CDE" w:rsidP="00FC12B2">
+    <w:p w14:paraId="190952A6" w14:textId="324CE80C" w:rsidR="00104AFE" w:rsidRPr="007B6C82" w:rsidRDefault="00104AFE" w:rsidP="00FC12B2">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:hyperlink r:id="rId72" w:history="1">
-        <w:r w:rsidR="00104AFE" w:rsidRPr="007B6C82">
+      <w:hyperlink r:id="rId69" w:history="1">
+        <w:r w:rsidRPr="007B6C82">
           <w:t>Appointments</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2FC1E436" w14:textId="1DD36C3A" w:rsidR="00154A89" w:rsidRPr="00B410C0" w:rsidRDefault="00154A89" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B410C0">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">All students are able to book </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73" w:history="1">
+      <w:hyperlink r:id="rId70" w:history="1">
         <w:r w:rsidRPr="0092548B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>a </w:t>
         </w:r>
         <w:r w:rsidRPr="0092548B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>one-to-one appointment.</w:t>
         </w:r>
         <w:r w:rsidRPr="0092548B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B410C0">
@@ -19620,59 +23501,61 @@
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidRPr="00B410C0">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>preparing your assignment for submission</w:t>
       </w:r>
       <w:r w:rsidRPr="00B410C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52937CF8" w14:textId="4D4D9F81" w:rsidR="00104AFE" w:rsidRPr="007B6C82" w:rsidRDefault="001A3CDE" w:rsidP="00FC12B2">
+    <w:p w14:paraId="52937CF8" w14:textId="4D4D9F81" w:rsidR="00104AFE" w:rsidRPr="007B6C82" w:rsidRDefault="00104AFE" w:rsidP="00FC12B2">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:hyperlink r:id="rId74" w:history="1">
-        <w:r w:rsidR="00104AFE" w:rsidRPr="007B6C82">
+      <w:hyperlink r:id="rId71" w:history="1">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B6C82">
           <w:t>AskUs</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="46C2AB50" w14:textId="3FC02175" w:rsidR="00154A89" w:rsidRPr="00924FB6" w:rsidRDefault="00154A89" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924FB6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>For any </w:t>
       </w:r>
       <w:r w:rsidRPr="0092548B">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
@@ -19708,85 +23591,85 @@
           <w:bCs w:val="0"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>library and learning services</w:t>
       </w:r>
       <w:r w:rsidRPr="00924FB6">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00924FB6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> you can </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75" w:history="1">
+      <w:hyperlink r:id="rId72" w:history="1">
         <w:r w:rsidRPr="00FF5CB6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>Ask Us</w:t>
         </w:r>
         <w:r w:rsidRPr="00FF5CB6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00924FB6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>online.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B33D798" w14:textId="478FFC1B" w:rsidR="009714EF" w:rsidRPr="007B6C82" w:rsidRDefault="001A3CDE" w:rsidP="00FC12B2">
+    <w:p w14:paraId="6B33D798" w14:textId="478FFC1B" w:rsidR="009714EF" w:rsidRPr="007B6C82" w:rsidRDefault="009714EF" w:rsidP="00FC12B2">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:hyperlink r:id="rId76" w:history="1">
-        <w:r w:rsidR="009714EF" w:rsidRPr="007B6C82">
+      <w:hyperlink r:id="rId73" w:history="1">
+        <w:r w:rsidRPr="007B6C82">
           <w:t>Campaigns</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7C7615D4" w14:textId="430391AA" w:rsidR="000A7478" w:rsidRPr="00FC12B2" w:rsidRDefault="00104AFE" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924FB6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Explore our</w:t>
       </w:r>
       <w:r w:rsidRPr="00924FB6">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -19794,51 +23677,51 @@
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D95ADE">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>year-round</w:t>
       </w:r>
       <w:r w:rsidRPr="00924FB6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77" w:history="1">
+      <w:hyperlink r:id="rId74" w:history="1">
         <w:r w:rsidRPr="00D95ADE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>UniSkills campaigns</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00924FB6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidRPr="00D95ADE">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
@@ -19875,51 +23758,51 @@
       <w:r w:rsidRPr="007B6C82">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Library and Learning Services Instagram</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="410A2340" w14:textId="77C748CE" w:rsidR="0019375A" w:rsidRPr="00AF290F" w:rsidRDefault="003E49EE" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:u w:val="single"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924FB6">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Make sure you're following us over on Instagram for all the latest Library and Learning Services news, events and support: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId75" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00924FB6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="4D4F53" w:themeColor="text1"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>@EHULibrary</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7ECD08CB" w14:textId="77777777" w:rsidR="003E49EE" w:rsidRPr="00924FB6" w:rsidRDefault="003E49EE" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924FB6">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
         </w:rPr>
         <w:t>You'll discover: weekly what's on stories; reminders about upcoming campaigns and events; fun, interactive polls and competitions; hidden treasures from our Archive; and reading for pleasure recommendations.</w:t>
       </w:r>
     </w:p>
@@ -19935,51 +23818,51 @@
       </w:pPr>
       <w:r w:rsidRPr="007B6C82">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Library and Learning Services Blog</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39D98661" w14:textId="6068ADB0" w:rsidR="003E49EE" w:rsidRPr="00924FB6" w:rsidRDefault="003E49EE" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924FB6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
         </w:rPr>
         <w:t>In the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId76" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00924FB6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="4D4F53" w:themeColor="text1"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>Library and Learning Services (LS) blog</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00924FB6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
         </w:rPr>
         <w:t> you’ll find lots of information, ideas and support curated by a wide range of staff and students from across the service. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07745B01" w14:textId="6996C52A" w:rsidR="000A7478" w:rsidRPr="00071633" w:rsidRDefault="003E49EE" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
         </w:rPr>
@@ -20023,51 +23906,51 @@
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00435ECC">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thank you for engaging with this toolkit. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="375D3F95" w14:textId="621D4914" w:rsidR="00435ECC" w:rsidRPr="00435ECC" w:rsidRDefault="00435ECC" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00435ECC">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">We'd love to know what you thought, and you can share your feedback in our short </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80" w:history="1">
+      <w:hyperlink r:id="rId77" w:history="1">
         <w:r w:rsidRPr="00020E4A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>UniSkills Toolkit Satisfaction Survey</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00435ECC">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. The survey should take you no longer than five minutes to complete. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A6DFD87" w14:textId="77777777" w:rsidR="00020E4A" w:rsidRDefault="00E30D0C" w:rsidP="00FC12B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924FB6">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
         </w:rPr>
@@ -20097,169 +23980,185 @@
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve">u have now completed this UniSkills toolkit and can close the window. We hope you found it </w:t>
       </w:r>
       <w:r w:rsidR="000A7478" w:rsidRPr="69ACA825">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text2"/>
         </w:rPr>
         <w:t>useful,</w:t>
       </w:r>
       <w:r w:rsidR="000A3F05" w:rsidRPr="69ACA825">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve"> and we look forward to continuing to support you with your academic skills develop</w:t>
       </w:r>
       <w:r w:rsidR="636EC9DA" w:rsidRPr="69ACA825">
         <w:rPr>
           <w:color w:val="4D4F53" w:themeColor="text2"/>
         </w:rPr>
         <w:t>ment.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AA2A24" w:rsidRPr="00F83190" w:rsidSect="008D036B">
-      <w:headerReference w:type="default" r:id="rId81"/>
-      <w:footerReference w:type="default" r:id="rId82"/>
+      <w:headerReference w:type="default" r:id="rId78"/>
+      <w:footerReference w:type="default" r:id="rId79"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="340" w:right="510" w:bottom="1134" w:left="238" w:header="0" w:footer="340" w:gutter="227"/>
       <w:cols w:space="284"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1CE4A112" w14:textId="77777777" w:rsidR="005B22E4" w:rsidRDefault="005B22E4" w:rsidP="002B14B0">
+    <w:p w14:paraId="69E0C5A2" w14:textId="77777777" w:rsidR="00FF7C55" w:rsidRDefault="00FF7C55" w:rsidP="002B14B0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="56227458" w14:textId="77777777" w:rsidR="005B22E4" w:rsidRDefault="005B22E4" w:rsidP="002B14B0">
+    <w:p w14:paraId="096F180B" w14:textId="77777777" w:rsidR="00FF7C55" w:rsidRDefault="00FF7C55" w:rsidP="002B14B0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS PGothic">
     <w:panose1 w:val="020B0600070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
     <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="5E15CCA2" w14:textId="1AAB31B3" w:rsidR="002B14B0" w:rsidRPr="001C7C68" w:rsidRDefault="001A3CDE" w:rsidP="001C7C68">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5E15CCA2" w14:textId="1AAB31B3" w:rsidR="002B14B0" w:rsidRPr="001C7C68" w:rsidRDefault="00E21B2D" w:rsidP="001C7C68">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:color w:val="8193DB" w:themeColor="accent6"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:hyperlink r:id="rId1" w:history="1">
-      <w:r w:rsidR="00E21B2D" w:rsidRPr="008C074F">
+      <w:r w:rsidRPr="008C074F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>ehu.ac.uk/uniskills</w:t>
-      </w:r>
+        <w:t>ehu.ac.uk/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C074F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="4D4F53" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>uniskills</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:hyperlink>
-    <w:r w:rsidR="00E21B2D">
+    <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:color w:val="8193DB" w:themeColor="accent6"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="001C7C68">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:color w:val="8193DB" w:themeColor="accent6"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="001C7C68">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
@@ -20314,155 +24213,155 @@
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="001C7C68">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:color w:val="8193DB" w:themeColor="accent6"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="001C7C68">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:color w:val="8193DB" w:themeColor="accent6"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00E21B2D">
+    <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:color w:val="8193DB" w:themeColor="accent6"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:hyperlink r:id="rId2" w:history="1">
-      <w:r w:rsidR="00E21B2D" w:rsidRPr="008C074F">
+      <w:r w:rsidRPr="008C074F">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="4D4F53" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>ehu.ac.uk/ls</w:t>
       </w:r>
     </w:hyperlink>
-    <w:r w:rsidR="00E21B2D">
+    <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:color w:val="8193DB" w:themeColor="accent6"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00E21B2D">
+    <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:color w:val="8193DB" w:themeColor="accent6"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00E21B2D">
+    <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:color w:val="8193DB" w:themeColor="accent6"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00E21B2D">
+    <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:color w:val="8193DB" w:themeColor="accent6"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00E21B2D">
+    <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:color w:val="8193DB" w:themeColor="accent6"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="495A7FF7" w14:textId="77777777" w:rsidR="005B22E4" w:rsidRDefault="005B22E4" w:rsidP="002B14B0">
+    <w:p w14:paraId="2461BB71" w14:textId="77777777" w:rsidR="00FF7C55" w:rsidRDefault="00FF7C55" w:rsidP="002B14B0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B20FB40" w14:textId="77777777" w:rsidR="005B22E4" w:rsidRDefault="005B22E4" w:rsidP="002B14B0">
+    <w:p w14:paraId="1AF79479" w14:textId="77777777" w:rsidR="00FF7C55" w:rsidRDefault="00FF7C55" w:rsidP="002B14B0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="370B5A3E" w14:textId="77777777" w:rsidR="00E21B2D" w:rsidRDefault="00E21B2D" w:rsidP="00E21B2D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="16B4D203" w14:textId="095848C2" w:rsidR="008C074F" w:rsidRPr="009D044B" w:rsidRDefault="008C074F" w:rsidP="00E21B2D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:b/>
         <w:color w:val="262729" w:themeColor="text1" w:themeShade="80"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="009D044B">
       <w:rPr>
         <w:b/>
         <w:color w:val="262729" w:themeColor="text1" w:themeShade="80"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
       <w:t xml:space="preserve">Library </w:t>
     </w:r>
     <w:r w:rsidR="00F24A3C">
@@ -20540,77 +24439,77 @@
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative">
+        <mc:Fallback>
           <w:pict>
-            <v:line id="Straight Connector 14" style="position:absolute;flip:y;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" alt="&quot;&quot;" o:spid="_x0000_s1026" strokecolor="#262729 [1613]" from="0,-.05pt" to="545.85pt,.45pt" w14:anchorId="259BDCDF" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAW2pdw2QEAAA4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815KdWkgEyzkkSC99&#10;BH3kzlBLiwBfIBlL/vsuSUVO21xaVAdCXO7OzgyXu+tJK3IEH6Q1HV2vakrAcNtLc+joj+937y4p&#10;CZGZnilroKMnCPR6//bNbnQtbOxgVQ+eIIgJ7eg6OsTo2qoKfADNwso6MHgorNcs4tYfqt6zEdG1&#10;qjZ13VSj9b3zlkMIGL0th3Sf8YUAHr8IESAS1VHkFvPq8/qY1mq/Y+3BMzdIPtNg/8BCM2mw6QJ1&#10;yyIjT17+AaUl9zZYEVfc6soKITlkDahmXf+m5tvAHGQtaE5wi03h/8Hyz8cbc+/RhtGFNrh7n1RM&#10;wmsilHQPeKdZFzIlU7bttNgGUyQcg83Vxeb9JV40x7OmaS6Sq1VBSWjOh/gBrCbpp6NKmiSKtez4&#10;McSS+pySwsqQsaNX2802ZwWrZH8nlUpneS7gRnlyZHijcSrs1JP+ZPsS29b4zQyW9MznBRKyUwaD&#10;Z9H5L54UFApfQRDZo7jSYAEqPRjnYOJ67qIMZqcygSyXwrqwT4N8Jvxr4ZyfSiHP6t8ULxW5szVx&#10;KdbSWP9a92RX8VuU/GcHiu5kwaPtT3kcsjU4dNm5+YGkqX65z+XnZ7z/CQAA//8DAFBLAwQUAAYA&#10;CAAAACEAZU4GR9gAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3FongBoS&#10;4lQIgcQR0jzANt4mEfE6ip2/t8c9wXE0o5lv8uNqejHT6DrLCuJ9BIK4trrjRkF1+tg9g3AeWWNv&#10;mRRs5OBY3N7kmGm78DfNpW9EKGGXoYLW+yGT0tUtGXR7OxAH72JHgz7IsZF6xCWUm14+RNFBGuw4&#10;LLQ40FtL9U85GQWH6pI8pts7VutTN32W2zKXyZdS93fr6wsIT6v/C8MVP6BDEZjOdmLtRK8gHPEK&#10;djGIqxmlcQLirCAFWeTyP3zxCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABbal3DZAQAA&#10;DgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGVOBkfY&#10;AAAABAEAAA8AAAAAAAAAAAAAAAAAMwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAA4&#10;BQAAAAA=&#10;">
+            <v:line w14:anchorId="775F2A4C" id="Straight Connector 14" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;flip:y;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-.05pt" to="545.85pt,.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAW2pdw2QEAAA4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815KdWkgEyzkkSC99&#10;BH3kzlBLiwBfIBlL/vsuSUVO21xaVAdCXO7OzgyXu+tJK3IEH6Q1HV2vakrAcNtLc+joj+937y4p&#10;CZGZnilroKMnCPR6//bNbnQtbOxgVQ+eIIgJ7eg6OsTo2qoKfADNwso6MHgorNcs4tYfqt6zEdG1&#10;qjZ13VSj9b3zlkMIGL0th3Sf8YUAHr8IESAS1VHkFvPq8/qY1mq/Y+3BMzdIPtNg/8BCM2mw6QJ1&#10;yyIjT17+AaUl9zZYEVfc6soKITlkDahmXf+m5tvAHGQtaE5wi03h/8Hyz8cbc+/RhtGFNrh7n1RM&#10;wmsilHQPeKdZFzIlU7bttNgGUyQcg83Vxeb9JV40x7OmaS6Sq1VBSWjOh/gBrCbpp6NKmiSKtez4&#10;McSS+pySwsqQsaNX2802ZwWrZH8nlUpneS7gRnlyZHijcSrs1JP+ZPsS29b4zQyW9MznBRKyUwaD&#10;Z9H5L54UFApfQRDZo7jSYAEqPRjnYOJ67qIMZqcygSyXwrqwT4N8Jvxr4ZyfSiHP6t8ULxW5szVx&#10;KdbSWP9a92RX8VuU/GcHiu5kwaPtT3kcsjU4dNm5+YGkqX65z+XnZ7z/CQAA//8DAFBLAwQUAAYA&#10;CAAAACEAZU4GR9gAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3FongBoS&#10;4lQIgcQR0jzANt4mEfE6ip2/t8c9wXE0o5lv8uNqejHT6DrLCuJ9BIK4trrjRkF1+tg9g3AeWWNv&#10;mRRs5OBY3N7kmGm78DfNpW9EKGGXoYLW+yGT0tUtGXR7OxAH72JHgz7IsZF6xCWUm14+RNFBGuw4&#10;LLQ40FtL9U85GQWH6pI8pts7VutTN32W2zKXyZdS93fr6wsIT6v/C8MVP6BDEZjOdmLtRK8gHPEK&#10;djGIqxmlcQLirCAFWeTyP3zxCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABbal3DZAQAA&#10;DgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGVOBkfY&#10;AAAABAEAAA8AAAAAAAAAAAAAAAAAMwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAA4&#10;BQAAAAA=&#10;" strokecolor="#262729 [1613]">
               <v:stroke joinstyle="miter"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
 <int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <int2:observations>
     <int2:bookmark int2:bookmarkName="_Int_V0j3KLSF" int2:invalidationBookmarkName="" int2:hashCode="Tcc3QblHMWhET6" int2:id="QJiQ9xJj">
       <int2:state int2:value="Rejected" int2:type="AugLoop_Text_Critique"/>
     </int2:bookmark>
   </int2:observations>
   <int2:intelligenceSettings/>
   <int2:onDemandWorkflows/>
 </int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01984E93"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4AB8D2AA"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -20681,53 +24580,202 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="10053228"/>
+    <w:nsid w:val="0B446695"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6394BB28"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0DC57D35"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B5226F12"/>
+    <w:tmpl w:val="58D2DD42"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -20793,342 +24841,544 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="16E469BF"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="10053228"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="ADA2BE62"/>
+    <w:tmpl w:val="B5226F12"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="11BD3101"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="254088F8"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...113 lines deleted...]
-    <w:nsid w:val="1AD349C1"/>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16E469BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A8507AB2"/>
+    <w:tmpl w:val="ADA2BE62"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="3960" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="18E84195"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="75A0E30A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1AD349C1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A8507AB2"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25FE3A12"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="21AC2526"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -21197,51 +25447,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27CA3957"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="14322B02"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -21346,51 +25596,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="285E6A24"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6914B84C"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -21459,51 +25709,140 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2DC92FD7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D3FADE34"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2EE258CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3D5A19E8"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -21572,51 +25911,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30FE4523"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E35E4DC8"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -21661,51 +26000,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4ADB086D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F2B47462"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -21774,54 +26113,54 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="556C502B"/>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="553B0059"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3EE8A32A"/>
+    <w:tmpl w:val="E398D378"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -21863,51 +26202,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="556C502B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3EE8A32A"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57300702"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ECD43528"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -21976,51 +26404,842 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5EF064F9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EBC6B94E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="61971C5F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2CF07238"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B1A0BA7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="910050D8"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F83447C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1F1A7F7E"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="710D4B98"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7DA6D90E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="717D1498"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9780B4DE"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="732E0953"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EC7A8C46"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="792D7E6A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D6F87EA2"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -22089,51 +27308,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7AA310A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="159C4568"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -22176,758 +27395,970 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="840510813">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="142435859">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="704257541">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="566186011">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1459684122">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1666083748">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1935819757">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1356232466">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="704257541">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="9" w16cid:durableId="2079285807">
+    <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="566186011">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="10" w16cid:durableId="772365728">
+    <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1459684122">
+  <w:num w:numId="11" w16cid:durableId="2125148336">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1666083748">
-[...16 lines deleted...]
-  </w:num>
   <w:num w:numId="12" w16cid:durableId="776407995">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="710492442">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="690764102">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1994599150">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="749693949">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1999262843">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1062216658">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="459887397">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1997874348">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1092429686">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1085804099">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1164198326">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="623657052">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="860969007">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1689915176">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1178500664">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001232B6"/>
     <w:rsid w:val="00001E13"/>
     <w:rsid w:val="000029BC"/>
+    <w:rsid w:val="000079C4"/>
     <w:rsid w:val="000114D4"/>
     <w:rsid w:val="00015274"/>
     <w:rsid w:val="00020E4A"/>
     <w:rsid w:val="00021CA3"/>
     <w:rsid w:val="00026611"/>
     <w:rsid w:val="000302A2"/>
     <w:rsid w:val="00030305"/>
     <w:rsid w:val="00036531"/>
     <w:rsid w:val="00041939"/>
     <w:rsid w:val="00046549"/>
     <w:rsid w:val="00046616"/>
     <w:rsid w:val="0005333C"/>
+    <w:rsid w:val="00060316"/>
     <w:rsid w:val="000646ED"/>
     <w:rsid w:val="00071633"/>
     <w:rsid w:val="0007392B"/>
     <w:rsid w:val="0007523B"/>
     <w:rsid w:val="000821E6"/>
     <w:rsid w:val="0008244D"/>
+    <w:rsid w:val="00084972"/>
     <w:rsid w:val="00094B5E"/>
+    <w:rsid w:val="000959E2"/>
     <w:rsid w:val="0009665F"/>
     <w:rsid w:val="00096886"/>
     <w:rsid w:val="000977FF"/>
     <w:rsid w:val="000A3F05"/>
     <w:rsid w:val="000A475D"/>
     <w:rsid w:val="000A4BC7"/>
     <w:rsid w:val="000A627C"/>
     <w:rsid w:val="000A65AF"/>
     <w:rsid w:val="000A7478"/>
     <w:rsid w:val="000B1988"/>
     <w:rsid w:val="000B4D21"/>
     <w:rsid w:val="000C04FE"/>
     <w:rsid w:val="000C47A5"/>
     <w:rsid w:val="000C61C1"/>
     <w:rsid w:val="000C7DB0"/>
+    <w:rsid w:val="000D0A2D"/>
     <w:rsid w:val="000D67DA"/>
+    <w:rsid w:val="000D6D76"/>
+    <w:rsid w:val="000D788B"/>
     <w:rsid w:val="000E3E38"/>
+    <w:rsid w:val="000F0C61"/>
     <w:rsid w:val="000F6002"/>
     <w:rsid w:val="0010216F"/>
     <w:rsid w:val="001026FD"/>
     <w:rsid w:val="00103333"/>
     <w:rsid w:val="00104AFE"/>
     <w:rsid w:val="0011077E"/>
     <w:rsid w:val="00111B61"/>
+    <w:rsid w:val="00112439"/>
     <w:rsid w:val="00115210"/>
     <w:rsid w:val="001164C4"/>
     <w:rsid w:val="00116DDD"/>
+    <w:rsid w:val="00122134"/>
     <w:rsid w:val="001232B6"/>
     <w:rsid w:val="00123AA6"/>
     <w:rsid w:val="001353ED"/>
     <w:rsid w:val="00136EAA"/>
     <w:rsid w:val="00140531"/>
     <w:rsid w:val="001417E0"/>
     <w:rsid w:val="00154A89"/>
     <w:rsid w:val="00155299"/>
     <w:rsid w:val="00155DDF"/>
     <w:rsid w:val="00162E9D"/>
+    <w:rsid w:val="001671E5"/>
     <w:rsid w:val="00170333"/>
     <w:rsid w:val="0017205F"/>
     <w:rsid w:val="00176BAC"/>
     <w:rsid w:val="001865BB"/>
     <w:rsid w:val="001871DD"/>
     <w:rsid w:val="00187DA4"/>
+    <w:rsid w:val="00192B46"/>
     <w:rsid w:val="0019375A"/>
     <w:rsid w:val="001A32F7"/>
+    <w:rsid w:val="001A3717"/>
     <w:rsid w:val="001A3722"/>
-    <w:rsid w:val="001A3CDE"/>
     <w:rsid w:val="001A4368"/>
     <w:rsid w:val="001A64F7"/>
     <w:rsid w:val="001A748F"/>
     <w:rsid w:val="001B0A47"/>
+    <w:rsid w:val="001C1BF0"/>
     <w:rsid w:val="001C5C21"/>
     <w:rsid w:val="001C6636"/>
     <w:rsid w:val="001C7C68"/>
+    <w:rsid w:val="001D2FB0"/>
+    <w:rsid w:val="001D3055"/>
     <w:rsid w:val="001D391E"/>
     <w:rsid w:val="001D414F"/>
     <w:rsid w:val="001D5AF0"/>
+    <w:rsid w:val="001E0E77"/>
+    <w:rsid w:val="001E3E60"/>
+    <w:rsid w:val="001E5E9D"/>
     <w:rsid w:val="001F2643"/>
+    <w:rsid w:val="00200E1D"/>
     <w:rsid w:val="00201F8E"/>
     <w:rsid w:val="00207959"/>
     <w:rsid w:val="00213E40"/>
     <w:rsid w:val="00214029"/>
     <w:rsid w:val="00220C1B"/>
+    <w:rsid w:val="00224CCF"/>
     <w:rsid w:val="0023201D"/>
     <w:rsid w:val="00241AD9"/>
     <w:rsid w:val="002440BF"/>
+    <w:rsid w:val="00245984"/>
     <w:rsid w:val="002460B2"/>
     <w:rsid w:val="002461E8"/>
+    <w:rsid w:val="00246D98"/>
+    <w:rsid w:val="00250220"/>
     <w:rsid w:val="002507CD"/>
     <w:rsid w:val="00252A69"/>
     <w:rsid w:val="0025446E"/>
     <w:rsid w:val="00257B9B"/>
     <w:rsid w:val="00261CD8"/>
+    <w:rsid w:val="00262283"/>
+    <w:rsid w:val="00267E38"/>
+    <w:rsid w:val="00284CDF"/>
     <w:rsid w:val="00286A0C"/>
+    <w:rsid w:val="00287618"/>
     <w:rsid w:val="002925EF"/>
     <w:rsid w:val="00295D7F"/>
+    <w:rsid w:val="002A6F17"/>
     <w:rsid w:val="002B14B0"/>
-    <w:rsid w:val="002D682B"/>
+    <w:rsid w:val="002B2891"/>
     <w:rsid w:val="002E4777"/>
     <w:rsid w:val="002E47CE"/>
     <w:rsid w:val="002E557F"/>
+    <w:rsid w:val="002E5820"/>
+    <w:rsid w:val="002E7CC1"/>
     <w:rsid w:val="002F4038"/>
     <w:rsid w:val="002F5021"/>
     <w:rsid w:val="002F6554"/>
+    <w:rsid w:val="002F6EB8"/>
     <w:rsid w:val="0030274B"/>
+    <w:rsid w:val="003041C8"/>
     <w:rsid w:val="00310608"/>
     <w:rsid w:val="00316855"/>
+    <w:rsid w:val="003219C9"/>
+    <w:rsid w:val="00323BDE"/>
+    <w:rsid w:val="003247CB"/>
+    <w:rsid w:val="003277FB"/>
+    <w:rsid w:val="00330364"/>
     <w:rsid w:val="00332D49"/>
     <w:rsid w:val="00334180"/>
     <w:rsid w:val="00345D83"/>
     <w:rsid w:val="0035350B"/>
     <w:rsid w:val="00360864"/>
     <w:rsid w:val="003623F1"/>
+    <w:rsid w:val="003663C1"/>
     <w:rsid w:val="00366635"/>
     <w:rsid w:val="003669FC"/>
     <w:rsid w:val="003724EB"/>
     <w:rsid w:val="003743D9"/>
     <w:rsid w:val="0038074B"/>
     <w:rsid w:val="003849C9"/>
     <w:rsid w:val="003850D7"/>
     <w:rsid w:val="0039136F"/>
     <w:rsid w:val="00392959"/>
     <w:rsid w:val="00397073"/>
+    <w:rsid w:val="003A1341"/>
     <w:rsid w:val="003A42C2"/>
     <w:rsid w:val="003A503B"/>
+    <w:rsid w:val="003A5EFB"/>
     <w:rsid w:val="003A6694"/>
+    <w:rsid w:val="003B2E9F"/>
     <w:rsid w:val="003B4C73"/>
     <w:rsid w:val="003B59B5"/>
     <w:rsid w:val="003D1F49"/>
     <w:rsid w:val="003D210B"/>
     <w:rsid w:val="003D48B4"/>
     <w:rsid w:val="003D67D6"/>
     <w:rsid w:val="003E07A7"/>
+    <w:rsid w:val="003E1DF3"/>
     <w:rsid w:val="003E49EE"/>
+    <w:rsid w:val="003E59E2"/>
     <w:rsid w:val="003E7F84"/>
+    <w:rsid w:val="003F2083"/>
+    <w:rsid w:val="003F2447"/>
     <w:rsid w:val="003F3216"/>
     <w:rsid w:val="00400598"/>
     <w:rsid w:val="00417378"/>
     <w:rsid w:val="00420D50"/>
     <w:rsid w:val="004266EA"/>
     <w:rsid w:val="00426D24"/>
+    <w:rsid w:val="0042745E"/>
+    <w:rsid w:val="00435D5F"/>
     <w:rsid w:val="00435ECC"/>
     <w:rsid w:val="004363CB"/>
+    <w:rsid w:val="00447BF3"/>
+    <w:rsid w:val="00456907"/>
     <w:rsid w:val="00457ACE"/>
     <w:rsid w:val="00464DB5"/>
     <w:rsid w:val="00465C0E"/>
     <w:rsid w:val="00465C54"/>
     <w:rsid w:val="004669C8"/>
+    <w:rsid w:val="004669F8"/>
     <w:rsid w:val="004710A5"/>
+    <w:rsid w:val="004761ED"/>
+    <w:rsid w:val="00477511"/>
     <w:rsid w:val="00480DC4"/>
     <w:rsid w:val="004831D2"/>
     <w:rsid w:val="00484818"/>
     <w:rsid w:val="00487CC8"/>
+    <w:rsid w:val="00490DDE"/>
     <w:rsid w:val="00491A1F"/>
     <w:rsid w:val="0049203E"/>
     <w:rsid w:val="004B0A0B"/>
     <w:rsid w:val="004C1B5C"/>
     <w:rsid w:val="004C5CAC"/>
+    <w:rsid w:val="004C7A38"/>
     <w:rsid w:val="004C7E2D"/>
     <w:rsid w:val="004D2EEF"/>
     <w:rsid w:val="004D3BFC"/>
     <w:rsid w:val="004E1D43"/>
     <w:rsid w:val="004E5ED3"/>
+    <w:rsid w:val="004E7427"/>
+    <w:rsid w:val="004F07B0"/>
     <w:rsid w:val="004F2F2C"/>
+    <w:rsid w:val="004F6525"/>
     <w:rsid w:val="004F65D3"/>
     <w:rsid w:val="00504AE4"/>
     <w:rsid w:val="0050588A"/>
     <w:rsid w:val="00515547"/>
     <w:rsid w:val="005244D7"/>
     <w:rsid w:val="00530905"/>
     <w:rsid w:val="005325C8"/>
     <w:rsid w:val="00541EAB"/>
     <w:rsid w:val="00542A85"/>
     <w:rsid w:val="005452B6"/>
+    <w:rsid w:val="00547FEE"/>
     <w:rsid w:val="00553EEA"/>
     <w:rsid w:val="00554B2D"/>
     <w:rsid w:val="00554D44"/>
     <w:rsid w:val="0055569B"/>
     <w:rsid w:val="0056305E"/>
     <w:rsid w:val="00564AD2"/>
     <w:rsid w:val="00567918"/>
+    <w:rsid w:val="00574ADB"/>
     <w:rsid w:val="00582B57"/>
     <w:rsid w:val="00584515"/>
+    <w:rsid w:val="00584E6F"/>
     <w:rsid w:val="00590211"/>
-    <w:rsid w:val="00590BBE"/>
+    <w:rsid w:val="00590817"/>
     <w:rsid w:val="0059147F"/>
     <w:rsid w:val="00592687"/>
     <w:rsid w:val="00593919"/>
     <w:rsid w:val="00594F4F"/>
+    <w:rsid w:val="00597E69"/>
     <w:rsid w:val="005A28A4"/>
     <w:rsid w:val="005A2AFF"/>
     <w:rsid w:val="005A2D91"/>
     <w:rsid w:val="005A3296"/>
     <w:rsid w:val="005A330F"/>
+    <w:rsid w:val="005B02B1"/>
     <w:rsid w:val="005B1AD6"/>
     <w:rsid w:val="005B22E4"/>
     <w:rsid w:val="005C1F28"/>
     <w:rsid w:val="005C56A1"/>
     <w:rsid w:val="005C5FFC"/>
     <w:rsid w:val="005D5875"/>
     <w:rsid w:val="005E2BDB"/>
     <w:rsid w:val="005E604B"/>
     <w:rsid w:val="005E66B6"/>
     <w:rsid w:val="005E7B29"/>
     <w:rsid w:val="005F2798"/>
     <w:rsid w:val="005F3CBB"/>
     <w:rsid w:val="005F7786"/>
     <w:rsid w:val="00601D40"/>
     <w:rsid w:val="006141F1"/>
     <w:rsid w:val="0062050D"/>
     <w:rsid w:val="00621901"/>
+    <w:rsid w:val="00627E29"/>
     <w:rsid w:val="006311CB"/>
     <w:rsid w:val="006336B8"/>
+    <w:rsid w:val="00637446"/>
     <w:rsid w:val="00641CB2"/>
     <w:rsid w:val="00644254"/>
     <w:rsid w:val="00646A92"/>
     <w:rsid w:val="00654DD2"/>
     <w:rsid w:val="00657E9C"/>
     <w:rsid w:val="0066204F"/>
+    <w:rsid w:val="0066315A"/>
     <w:rsid w:val="006632DD"/>
     <w:rsid w:val="00667C3B"/>
+    <w:rsid w:val="006750BF"/>
     <w:rsid w:val="00680171"/>
     <w:rsid w:val="00681EFC"/>
     <w:rsid w:val="00681F1E"/>
+    <w:rsid w:val="006824F1"/>
+    <w:rsid w:val="00685098"/>
     <w:rsid w:val="00691278"/>
+    <w:rsid w:val="006937EB"/>
+    <w:rsid w:val="006A0BDF"/>
+    <w:rsid w:val="006A1270"/>
     <w:rsid w:val="006A1DD3"/>
     <w:rsid w:val="006A30ED"/>
     <w:rsid w:val="006A75DC"/>
+    <w:rsid w:val="006C28E7"/>
     <w:rsid w:val="006C4757"/>
     <w:rsid w:val="006D43CA"/>
     <w:rsid w:val="006D7ABE"/>
     <w:rsid w:val="006E4DAB"/>
     <w:rsid w:val="006E76C1"/>
     <w:rsid w:val="006F048B"/>
     <w:rsid w:val="006F0C1A"/>
     <w:rsid w:val="006F14B8"/>
     <w:rsid w:val="006F299D"/>
     <w:rsid w:val="006F2A25"/>
+    <w:rsid w:val="006F731E"/>
     <w:rsid w:val="0070185B"/>
+    <w:rsid w:val="007029D5"/>
+    <w:rsid w:val="00703CDA"/>
     <w:rsid w:val="007241CA"/>
+    <w:rsid w:val="007275E6"/>
+    <w:rsid w:val="00727D3E"/>
     <w:rsid w:val="00735BF3"/>
+    <w:rsid w:val="00740C72"/>
     <w:rsid w:val="00742E98"/>
     <w:rsid w:val="007556A3"/>
     <w:rsid w:val="007603E7"/>
     <w:rsid w:val="007650C9"/>
+    <w:rsid w:val="007667B8"/>
     <w:rsid w:val="00772518"/>
     <w:rsid w:val="00772EB9"/>
+    <w:rsid w:val="007816B7"/>
     <w:rsid w:val="00791DA5"/>
     <w:rsid w:val="00792862"/>
     <w:rsid w:val="007931F1"/>
     <w:rsid w:val="00795DD8"/>
     <w:rsid w:val="007A48FB"/>
     <w:rsid w:val="007A70E1"/>
     <w:rsid w:val="007B131B"/>
+    <w:rsid w:val="007B2F02"/>
     <w:rsid w:val="007B67F9"/>
     <w:rsid w:val="007B6C82"/>
     <w:rsid w:val="007B7E26"/>
+    <w:rsid w:val="007C099F"/>
     <w:rsid w:val="007C0CF6"/>
     <w:rsid w:val="007C39D0"/>
+    <w:rsid w:val="007C53ED"/>
     <w:rsid w:val="007C6A01"/>
     <w:rsid w:val="007D14E8"/>
     <w:rsid w:val="007D379A"/>
     <w:rsid w:val="007D5842"/>
     <w:rsid w:val="007D686F"/>
     <w:rsid w:val="007D6F5D"/>
+    <w:rsid w:val="007E2BB9"/>
     <w:rsid w:val="007E5C40"/>
     <w:rsid w:val="007F0FC4"/>
     <w:rsid w:val="007F2ED2"/>
     <w:rsid w:val="007F44D9"/>
     <w:rsid w:val="007F569D"/>
+    <w:rsid w:val="007F575B"/>
     <w:rsid w:val="007F6B56"/>
     <w:rsid w:val="00817C8B"/>
+    <w:rsid w:val="008221ED"/>
     <w:rsid w:val="00826452"/>
     <w:rsid w:val="0082795F"/>
     <w:rsid w:val="0083330C"/>
     <w:rsid w:val="008333F8"/>
     <w:rsid w:val="00841C65"/>
     <w:rsid w:val="008468BD"/>
     <w:rsid w:val="00850F0B"/>
+    <w:rsid w:val="00851F55"/>
     <w:rsid w:val="00852F29"/>
     <w:rsid w:val="00854DC2"/>
     <w:rsid w:val="00856F67"/>
     <w:rsid w:val="008576FC"/>
     <w:rsid w:val="00860704"/>
     <w:rsid w:val="00861823"/>
     <w:rsid w:val="008649CD"/>
+    <w:rsid w:val="00864D2B"/>
     <w:rsid w:val="008718E1"/>
     <w:rsid w:val="00872355"/>
     <w:rsid w:val="0087283A"/>
     <w:rsid w:val="0087581D"/>
     <w:rsid w:val="008770D5"/>
     <w:rsid w:val="00877E5A"/>
     <w:rsid w:val="00882A2E"/>
     <w:rsid w:val="00884780"/>
     <w:rsid w:val="008853DA"/>
     <w:rsid w:val="00891A5A"/>
     <w:rsid w:val="00894867"/>
+    <w:rsid w:val="008A06DA"/>
     <w:rsid w:val="008A5617"/>
     <w:rsid w:val="008A5640"/>
-    <w:rsid w:val="008B0041"/>
     <w:rsid w:val="008B6563"/>
     <w:rsid w:val="008C074F"/>
     <w:rsid w:val="008C339B"/>
+    <w:rsid w:val="008C494B"/>
     <w:rsid w:val="008C6160"/>
     <w:rsid w:val="008C705D"/>
     <w:rsid w:val="008D036B"/>
     <w:rsid w:val="008D0CAE"/>
     <w:rsid w:val="008D7A7C"/>
     <w:rsid w:val="008E58C4"/>
     <w:rsid w:val="008E6587"/>
     <w:rsid w:val="008F13C9"/>
     <w:rsid w:val="008F2AC0"/>
     <w:rsid w:val="008F2EF8"/>
     <w:rsid w:val="008F4D25"/>
     <w:rsid w:val="008F4D89"/>
     <w:rsid w:val="008F60F5"/>
     <w:rsid w:val="009039CB"/>
     <w:rsid w:val="00906269"/>
+    <w:rsid w:val="009062E7"/>
+    <w:rsid w:val="00907A1C"/>
     <w:rsid w:val="00913FD8"/>
     <w:rsid w:val="00916590"/>
     <w:rsid w:val="009201F6"/>
     <w:rsid w:val="0092349E"/>
     <w:rsid w:val="00924FB6"/>
     <w:rsid w:val="0092548B"/>
     <w:rsid w:val="00925AFA"/>
+    <w:rsid w:val="0093002E"/>
     <w:rsid w:val="00930345"/>
     <w:rsid w:val="009344E9"/>
     <w:rsid w:val="009467F2"/>
     <w:rsid w:val="009518E2"/>
     <w:rsid w:val="00953D23"/>
     <w:rsid w:val="00963554"/>
     <w:rsid w:val="00966159"/>
     <w:rsid w:val="00970002"/>
     <w:rsid w:val="009714EF"/>
     <w:rsid w:val="00971849"/>
     <w:rsid w:val="009731A8"/>
     <w:rsid w:val="0097404A"/>
+    <w:rsid w:val="00975687"/>
     <w:rsid w:val="0097592D"/>
+    <w:rsid w:val="00977AF9"/>
+    <w:rsid w:val="00977F00"/>
     <w:rsid w:val="00984F62"/>
     <w:rsid w:val="00987227"/>
     <w:rsid w:val="00990276"/>
     <w:rsid w:val="0099083A"/>
+    <w:rsid w:val="00992710"/>
     <w:rsid w:val="0099710F"/>
+    <w:rsid w:val="009A2CFA"/>
     <w:rsid w:val="009A36C1"/>
     <w:rsid w:val="009A5549"/>
     <w:rsid w:val="009B0D24"/>
     <w:rsid w:val="009B2587"/>
     <w:rsid w:val="009B35CB"/>
     <w:rsid w:val="009B45A4"/>
     <w:rsid w:val="009B548B"/>
+    <w:rsid w:val="009B638F"/>
     <w:rsid w:val="009C06AF"/>
     <w:rsid w:val="009C2BEB"/>
     <w:rsid w:val="009C50A9"/>
+    <w:rsid w:val="009C666C"/>
     <w:rsid w:val="009D044B"/>
     <w:rsid w:val="009D22E9"/>
     <w:rsid w:val="009D6BCD"/>
     <w:rsid w:val="009D77BF"/>
     <w:rsid w:val="009E15D7"/>
+    <w:rsid w:val="009E3240"/>
     <w:rsid w:val="009E4496"/>
+    <w:rsid w:val="009E47C2"/>
     <w:rsid w:val="009F0C9F"/>
     <w:rsid w:val="009F35E8"/>
     <w:rsid w:val="00A010AD"/>
+    <w:rsid w:val="00A01AD1"/>
     <w:rsid w:val="00A04C67"/>
     <w:rsid w:val="00A06080"/>
     <w:rsid w:val="00A101EB"/>
     <w:rsid w:val="00A118A4"/>
+    <w:rsid w:val="00A208CA"/>
     <w:rsid w:val="00A24CDE"/>
     <w:rsid w:val="00A256FD"/>
     <w:rsid w:val="00A25C7E"/>
     <w:rsid w:val="00A442ED"/>
     <w:rsid w:val="00A50263"/>
     <w:rsid w:val="00A5066B"/>
     <w:rsid w:val="00A5326F"/>
     <w:rsid w:val="00A57CA1"/>
     <w:rsid w:val="00A62676"/>
     <w:rsid w:val="00A6546C"/>
     <w:rsid w:val="00A67E5D"/>
+    <w:rsid w:val="00A80C53"/>
     <w:rsid w:val="00A81996"/>
     <w:rsid w:val="00A84D58"/>
     <w:rsid w:val="00A85183"/>
     <w:rsid w:val="00A87001"/>
+    <w:rsid w:val="00A870EE"/>
+    <w:rsid w:val="00A92DE2"/>
     <w:rsid w:val="00A961D4"/>
     <w:rsid w:val="00AA2A24"/>
     <w:rsid w:val="00AA55AF"/>
+    <w:rsid w:val="00AA75D5"/>
     <w:rsid w:val="00AB0A9D"/>
     <w:rsid w:val="00AB10FB"/>
+    <w:rsid w:val="00AC3DDE"/>
     <w:rsid w:val="00AC41F9"/>
     <w:rsid w:val="00AD4394"/>
     <w:rsid w:val="00AD545C"/>
+    <w:rsid w:val="00AD58D0"/>
+    <w:rsid w:val="00AD683E"/>
     <w:rsid w:val="00AD7B45"/>
+    <w:rsid w:val="00AE30C0"/>
+    <w:rsid w:val="00AE3878"/>
     <w:rsid w:val="00AE4F89"/>
+    <w:rsid w:val="00AE7243"/>
     <w:rsid w:val="00AF290F"/>
     <w:rsid w:val="00AF6731"/>
     <w:rsid w:val="00AF68E3"/>
     <w:rsid w:val="00B03321"/>
     <w:rsid w:val="00B03E59"/>
     <w:rsid w:val="00B04C26"/>
     <w:rsid w:val="00B05F57"/>
     <w:rsid w:val="00B0686C"/>
+    <w:rsid w:val="00B136C6"/>
     <w:rsid w:val="00B17862"/>
     <w:rsid w:val="00B2064E"/>
     <w:rsid w:val="00B22075"/>
     <w:rsid w:val="00B233A0"/>
+    <w:rsid w:val="00B23DBC"/>
     <w:rsid w:val="00B2642B"/>
     <w:rsid w:val="00B27504"/>
     <w:rsid w:val="00B303AC"/>
     <w:rsid w:val="00B34BA1"/>
     <w:rsid w:val="00B368EE"/>
     <w:rsid w:val="00B37FE4"/>
     <w:rsid w:val="00B410C0"/>
     <w:rsid w:val="00B436AB"/>
     <w:rsid w:val="00B45146"/>
     <w:rsid w:val="00B456AB"/>
     <w:rsid w:val="00B461AE"/>
     <w:rsid w:val="00B50EC3"/>
     <w:rsid w:val="00B51D7D"/>
     <w:rsid w:val="00B53018"/>
+    <w:rsid w:val="00B6345A"/>
     <w:rsid w:val="00B63B1B"/>
     <w:rsid w:val="00B65F58"/>
+    <w:rsid w:val="00B73D3F"/>
     <w:rsid w:val="00B74481"/>
     <w:rsid w:val="00B77302"/>
     <w:rsid w:val="00B84DC4"/>
     <w:rsid w:val="00B90FD9"/>
-    <w:rsid w:val="00B92EFE"/>
     <w:rsid w:val="00B9520A"/>
     <w:rsid w:val="00B97339"/>
+    <w:rsid w:val="00BA0801"/>
     <w:rsid w:val="00BC354D"/>
+    <w:rsid w:val="00BC5097"/>
     <w:rsid w:val="00BC68E2"/>
     <w:rsid w:val="00BC7700"/>
+    <w:rsid w:val="00BD0D0B"/>
     <w:rsid w:val="00BD1145"/>
+    <w:rsid w:val="00BE028F"/>
     <w:rsid w:val="00BE2E92"/>
+    <w:rsid w:val="00BE2EEA"/>
+    <w:rsid w:val="00BE360D"/>
     <w:rsid w:val="00BF0062"/>
     <w:rsid w:val="00BF025E"/>
     <w:rsid w:val="00BF04E4"/>
     <w:rsid w:val="00BF70D7"/>
+    <w:rsid w:val="00C003BA"/>
     <w:rsid w:val="00C102FF"/>
     <w:rsid w:val="00C1397D"/>
     <w:rsid w:val="00C13A63"/>
     <w:rsid w:val="00C14361"/>
     <w:rsid w:val="00C21BE1"/>
     <w:rsid w:val="00C31FBA"/>
     <w:rsid w:val="00C33F9D"/>
     <w:rsid w:val="00C34D11"/>
     <w:rsid w:val="00C3548E"/>
     <w:rsid w:val="00C358D8"/>
+    <w:rsid w:val="00C36660"/>
+    <w:rsid w:val="00C36F60"/>
     <w:rsid w:val="00C4169E"/>
     <w:rsid w:val="00C42E60"/>
+    <w:rsid w:val="00C43A2F"/>
     <w:rsid w:val="00C4503D"/>
     <w:rsid w:val="00C452C2"/>
     <w:rsid w:val="00C45565"/>
     <w:rsid w:val="00C46476"/>
+    <w:rsid w:val="00C46F52"/>
     <w:rsid w:val="00C57985"/>
+    <w:rsid w:val="00C66F4F"/>
     <w:rsid w:val="00C70119"/>
     <w:rsid w:val="00C70394"/>
     <w:rsid w:val="00C7075B"/>
     <w:rsid w:val="00C73858"/>
     <w:rsid w:val="00C746AB"/>
     <w:rsid w:val="00C82468"/>
     <w:rsid w:val="00C82991"/>
     <w:rsid w:val="00C845C3"/>
     <w:rsid w:val="00C85D67"/>
     <w:rsid w:val="00C86AEE"/>
     <w:rsid w:val="00C8755D"/>
     <w:rsid w:val="00C8756A"/>
     <w:rsid w:val="00C87C17"/>
     <w:rsid w:val="00C925F6"/>
     <w:rsid w:val="00C96D99"/>
     <w:rsid w:val="00C97673"/>
+    <w:rsid w:val="00CA3299"/>
     <w:rsid w:val="00CA4B54"/>
     <w:rsid w:val="00CA5777"/>
+    <w:rsid w:val="00CA7F40"/>
     <w:rsid w:val="00CB0709"/>
+    <w:rsid w:val="00CB617D"/>
     <w:rsid w:val="00CB6AA4"/>
     <w:rsid w:val="00CB7DEC"/>
+    <w:rsid w:val="00CC3327"/>
+    <w:rsid w:val="00CC4792"/>
+    <w:rsid w:val="00CC47EE"/>
+    <w:rsid w:val="00CD01FF"/>
+    <w:rsid w:val="00CD1D56"/>
     <w:rsid w:val="00CD5655"/>
+    <w:rsid w:val="00CE3598"/>
+    <w:rsid w:val="00CF2AB0"/>
+    <w:rsid w:val="00CF5237"/>
     <w:rsid w:val="00D00B8A"/>
     <w:rsid w:val="00D05B0C"/>
     <w:rsid w:val="00D06146"/>
     <w:rsid w:val="00D21265"/>
     <w:rsid w:val="00D22103"/>
+    <w:rsid w:val="00D30B50"/>
     <w:rsid w:val="00D3483E"/>
     <w:rsid w:val="00D3531C"/>
     <w:rsid w:val="00D40160"/>
     <w:rsid w:val="00D4334F"/>
     <w:rsid w:val="00D5172F"/>
     <w:rsid w:val="00D57A39"/>
+    <w:rsid w:val="00D632FE"/>
     <w:rsid w:val="00D7149E"/>
+    <w:rsid w:val="00D7377A"/>
+    <w:rsid w:val="00D75085"/>
     <w:rsid w:val="00D760A6"/>
     <w:rsid w:val="00D76847"/>
     <w:rsid w:val="00D776F0"/>
+    <w:rsid w:val="00D80E72"/>
     <w:rsid w:val="00D86433"/>
     <w:rsid w:val="00D86908"/>
     <w:rsid w:val="00D9088F"/>
     <w:rsid w:val="00D954DF"/>
     <w:rsid w:val="00D95ADE"/>
     <w:rsid w:val="00D95EDB"/>
+    <w:rsid w:val="00DA0647"/>
+    <w:rsid w:val="00DA4618"/>
     <w:rsid w:val="00DA4C1B"/>
     <w:rsid w:val="00DA4FCF"/>
     <w:rsid w:val="00DB57AC"/>
     <w:rsid w:val="00DB777E"/>
+    <w:rsid w:val="00DC3CCD"/>
+    <w:rsid w:val="00DC5936"/>
     <w:rsid w:val="00DD267D"/>
     <w:rsid w:val="00DD5500"/>
     <w:rsid w:val="00DE5C3A"/>
+    <w:rsid w:val="00DF1610"/>
+    <w:rsid w:val="00DF1D0B"/>
+    <w:rsid w:val="00DF21E8"/>
     <w:rsid w:val="00DF36F9"/>
     <w:rsid w:val="00E038FB"/>
+    <w:rsid w:val="00E0410C"/>
     <w:rsid w:val="00E21B2D"/>
     <w:rsid w:val="00E21F81"/>
     <w:rsid w:val="00E30D0C"/>
+    <w:rsid w:val="00E324F4"/>
     <w:rsid w:val="00E334AE"/>
+    <w:rsid w:val="00E352FE"/>
     <w:rsid w:val="00E42A35"/>
     <w:rsid w:val="00E464A9"/>
     <w:rsid w:val="00E50D63"/>
     <w:rsid w:val="00E53BCD"/>
     <w:rsid w:val="00E60529"/>
     <w:rsid w:val="00E6403D"/>
     <w:rsid w:val="00E6510B"/>
+    <w:rsid w:val="00E657D1"/>
     <w:rsid w:val="00E665B1"/>
     <w:rsid w:val="00E76FE1"/>
     <w:rsid w:val="00E80AA0"/>
     <w:rsid w:val="00E85409"/>
+    <w:rsid w:val="00E85AC0"/>
     <w:rsid w:val="00E86066"/>
     <w:rsid w:val="00E87BB0"/>
     <w:rsid w:val="00E90FB4"/>
     <w:rsid w:val="00E916D2"/>
+    <w:rsid w:val="00E92167"/>
     <w:rsid w:val="00E92ED8"/>
+    <w:rsid w:val="00E950EB"/>
     <w:rsid w:val="00E96A60"/>
+    <w:rsid w:val="00EA0167"/>
     <w:rsid w:val="00EA0843"/>
     <w:rsid w:val="00EA2F38"/>
+    <w:rsid w:val="00EA57A3"/>
+    <w:rsid w:val="00EB14FE"/>
     <w:rsid w:val="00EB290F"/>
     <w:rsid w:val="00EB4FFD"/>
     <w:rsid w:val="00EB68FD"/>
+    <w:rsid w:val="00EC137A"/>
+    <w:rsid w:val="00EC3039"/>
     <w:rsid w:val="00EC5C44"/>
+    <w:rsid w:val="00EC6523"/>
+    <w:rsid w:val="00EC70C9"/>
     <w:rsid w:val="00EC7149"/>
+    <w:rsid w:val="00ED39BA"/>
     <w:rsid w:val="00ED6DF7"/>
     <w:rsid w:val="00EE7114"/>
     <w:rsid w:val="00EF08A8"/>
     <w:rsid w:val="00EF5D28"/>
     <w:rsid w:val="00F10B64"/>
     <w:rsid w:val="00F120A2"/>
     <w:rsid w:val="00F12D62"/>
+    <w:rsid w:val="00F16879"/>
     <w:rsid w:val="00F17B40"/>
+    <w:rsid w:val="00F20772"/>
     <w:rsid w:val="00F2142F"/>
+    <w:rsid w:val="00F225A2"/>
     <w:rsid w:val="00F24A3C"/>
+    <w:rsid w:val="00F306DD"/>
     <w:rsid w:val="00F33274"/>
     <w:rsid w:val="00F34E1D"/>
     <w:rsid w:val="00F41680"/>
     <w:rsid w:val="00F4214D"/>
     <w:rsid w:val="00F43C2E"/>
     <w:rsid w:val="00F4420B"/>
     <w:rsid w:val="00F450C6"/>
+    <w:rsid w:val="00F50B86"/>
     <w:rsid w:val="00F61B63"/>
     <w:rsid w:val="00F66D03"/>
     <w:rsid w:val="00F73FB9"/>
+    <w:rsid w:val="00F77BBC"/>
     <w:rsid w:val="00F823AE"/>
     <w:rsid w:val="00F83190"/>
     <w:rsid w:val="00F8738E"/>
     <w:rsid w:val="00F94AC1"/>
     <w:rsid w:val="00F96C9D"/>
     <w:rsid w:val="00F973D8"/>
+    <w:rsid w:val="00FA2504"/>
     <w:rsid w:val="00FA387B"/>
+    <w:rsid w:val="00FA53D5"/>
     <w:rsid w:val="00FB01E2"/>
+    <w:rsid w:val="00FB0998"/>
     <w:rsid w:val="00FB0EF0"/>
     <w:rsid w:val="00FB2845"/>
     <w:rsid w:val="00FB4278"/>
     <w:rsid w:val="00FB47DA"/>
     <w:rsid w:val="00FB6B41"/>
     <w:rsid w:val="00FC082E"/>
     <w:rsid w:val="00FC12B2"/>
     <w:rsid w:val="00FC12E6"/>
     <w:rsid w:val="00FC3E42"/>
     <w:rsid w:val="00FD2817"/>
     <w:rsid w:val="00FD4868"/>
     <w:rsid w:val="00FD7A4A"/>
+    <w:rsid w:val="00FD7ECB"/>
     <w:rsid w:val="00FE06E3"/>
     <w:rsid w:val="00FE1339"/>
     <w:rsid w:val="00FE5D62"/>
     <w:rsid w:val="00FE6DC0"/>
     <w:rsid w:val="00FE751E"/>
     <w:rsid w:val="00FF0954"/>
-    <w:rsid w:val="00FF2164"/>
     <w:rsid w:val="00FF4E66"/>
     <w:rsid w:val="00FF5CB6"/>
     <w:rsid w:val="00FF5DCE"/>
+    <w:rsid w:val="00FF7C55"/>
     <w:rsid w:val="11C70165"/>
     <w:rsid w:val="135E09C4"/>
     <w:rsid w:val="1437FE63"/>
     <w:rsid w:val="288CE806"/>
     <w:rsid w:val="4B2FAC8F"/>
     <w:rsid w:val="4D7FE515"/>
     <w:rsid w:val="569187D4"/>
     <w:rsid w:val="5C62EF0E"/>
     <w:rsid w:val="5DF7C258"/>
     <w:rsid w:val="5E0B84F9"/>
     <w:rsid w:val="5FDBC6DD"/>
     <w:rsid w:val="636EC9DA"/>
     <w:rsid w:val="69ACA825"/>
     <w:rsid w:val="75AA1D9E"/>
     <w:rsid w:val="785948E6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7C1B1CAF"/>
   <w14:defaultImageDpi w14:val="32767"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{FFFFF82B-A1D2-465B-82CE-BF2A1CA965C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -23409,51 +28840,50 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00826452"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="456559" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -23843,55 +29273,71 @@
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="xui-provider">
     <w:name w:val="x_ui-provider"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00155299"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00C70119"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="888B91" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00246D98"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="33972109">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="45760614">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -24271,51 +29717,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2119400158">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eshare.edgehill.ac.uk/16494/1/Reflective%20Planning%20Grid.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eshare.edgehill.ac.uk/16588/1/UniSkills%20guide_%20Using%20Visual%20Elements%20in%20Report%20Writing.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ebookcentral.proquest.com/lib/edgehill/detail.action?docID=6235050" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edgehill.on.worldcat.org/oclc/1140136870%20" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eshare.edgehill.ac.uk/id/document/49670" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills/meet-the-team/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edgehill-my.sharepoint.com/personal/swanwicc_edgehill_ac_uk/Documents/:%20https:/doi.org/10.1177/03063070221088371" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/techskills/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eshare.edgehill.ac.uk/16407/1/Spelling%2C%20Punctuation%20and%20Grammar%20%28SPaG%29%20Guide.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ebookcentral.proquest.com/lib/edgehill/reader.action?docID=7249341&amp;ppg=177" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/service/ask-us/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blogs.edgehill.ac.uk/ls/?_gl=1%2A1i6oxx9%2A_ga%2Ac3R1ZGVudGxpZmUuZWRnZWhpbGwuYWMudWs.%2A_ga_XL97ZEE906%2AMTcwOTcyMTA0Mi4yMzUuMS4xNzA5NzIxODExLjU3LjAuMA.." TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.phrasebank.manchester.ac.uk/using-cautious-language/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eshare.edgehill.ac.uk/id/document/49665" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/disability-support/assistive-technology/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1123/smej.2020-0028%20" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/15401383.2020.1870598%20" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.python.org/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ebookcentral.proquest.com/lib/edgehill/reader.action?docID=7249341&amp;ppg=143" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eshare.edgehill.ac.uk/16588/1/UniSkills%20guide_%20Using%20Visual%20Elements%20in%20Report%20Writing.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/en-us/office/use-immersive-reader-in-word-a857949f-c91e-4c97-977c-a4efcaf9b3c1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.phrasebank.manchester.ac.uk/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills/uniskills-campaigns/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edgehill.on.worldcat.org/oclc/729020330" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills/one-to-one-support/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.onlinesurveys.jisc.ac.uk/s/edgehill/uniskills-toolkits-satisfaction" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills/meet-the-team/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eshare.edgehill.ac.uk/16493/1/Reflective%20Learning%20Log%20-%20Accessible.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/en-us/office/insert-a-table-of-contents-882e8564-0edb-435e-84b5-1d8552ccf0c0" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.linkedin.com/learning/collections/enterprise/1~AAAAAAIhaTQ=1677026?shareId=3db1490f-bbd6-4de3-a63e-63f8cf8c39de&amp;accountId=35744052&amp;u=35744052&amp;success=true&amp;authUUID=S65bExS9R5mkk52BrEmTqg%3D%3D" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ebookcentral.proquest.com/lib/edgehill/detail.action?docID=6235050" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/discover-more/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.linkedin.com/learning/?u=35744052" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/en-gb/office/add-a-legend-to-a-chart-eccd4b70-30ec-429d-8600-6305e08862c7" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/disability-support/assistive-technology/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edgehill.on.worldcat.org/oclc/1372569021%20" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills/uniskills-workshops/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/service/ask-us/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eshare.edgehill.ac.uk/id/document/49671" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-org.edgehill.idm.oclc.org/10.1080/00131881.2020.1711790%20" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lookerstudio.google.com/overview" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/en-us/office/find-and-replace-text-c6728c16-469e-43cd-afe4-7708c6c779b7" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1177/2051415820966907%20" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.phrasebank.manchester.ac.uk/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edgehill.on.worldcat.org/oclc/1267761323" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edgehill.on.worldcat.org/oclc/1042350846%20" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills/one-to-one-support/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ehulibrary/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eshare.edgehill.ac.uk/id/document/49664" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ebookcentral.proquest.com/lib/edgehill/reader.action?docID=6235076&amp;ppg=53" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/en-gb/office/change-axis-labels-in-a-chart-1c32436b-fb12-450b-aefa-cc7e4584456a" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edgehill.on.worldcat.org/oclc/1032304610" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/en-us/office/microsoft-editor-checks-grammar-and-more-in-documents-mail-and-the-web-91ecbe1b-d021-4e9e-a82e-abc4cd7163d7" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills/uniskills-campaigns/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills/uniskills-workshops/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12968/bjcn.2022.27.11.546%20" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.phrasebank.manchester.ac.uk/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/en-gb/office/edit-titles-or-data-labels-in-a-chart-248bfe15-02ed-477a-81b6-b14e2c03b87e" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=XZpl139EWZI&amp;embeds_referring_euri=https%3A%2F%2Frise.articulate.com%2F&amp;source_ve_path=OTY3MTQ" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blogs.edgehill.ac.uk/ls/category/uniskills/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edgehill.on.worldcat.org/oclc/1084318402%20" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eshare.edgehill.ac.uk/16493/1/Reflective%20Learning%20Log%20-%20Accessible.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/en-gb/office/add-a-legend-to-a-chart-eccd4b70-30ec-429d-8600-6305e08862c7" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ebookcentral.proquest.com/lib/edgehill/detail.action?docID=6235050" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blogs.edgehill.ac.uk/ls/category/uniskills/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills/uniskills-workshops/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eshare.edgehill.ac.uk/id/document/49670" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills/meet-the-team/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1177/2051415820966907%20" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lookerstudio.google.com/overview" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edgehill.on.worldcat.org/oclc/1267761323" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edgehill.on.worldcat.org/oclc/1084318402%20" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills/uniskills-campaigns/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.phrasebank.manchester.ac.uk/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.phrasebank.manchester.ac.uk/using-cautious-language/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eshare.edgehill.ac.uk/id/document/49665" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/disability-support/assistive-technology/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eshare.edgehill.ac.uk/16494/1/Reflective%20Planning%20Grid.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12968/bjcn.2022.27.11.546%20" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eshare.edgehill.ac.uk/16588/1/UniSkills%20guide_%20Using%20Visual%20Elements%20in%20Report%20Writing.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ebookcentral.proquest.com/lib/edgehill/detail.action?docID=6235050" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/discover-more/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.linkedin.com/learning/?u=35744052" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills/one-to-one-support/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.onlinesurveys.jisc.ac.uk/s/edgehill/uniskills-toolkits-satisfaction" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edgehill.on.worldcat.org/oclc/1032304610" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/service/ask-us/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills/meet-the-team/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.phrasebank.manchester.ac.uk/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edgehill-my.sharepoint.com/personal/swanwicc_edgehill_ac_uk/Documents/:%20https:/doi.org/10.1177/03063070221088371" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/techskills/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=XZpl139EWZI&amp;embeds_referring_euri=https%3A%2F%2Frise.articulate.com%2F&amp;source_ve_path=OTY3MTQ" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edgehill.on.worldcat.org/oclc/1372569021%20" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills/uniskills-workshops/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/en-gb/office/edit-titles-or-data-labels-in-a-chart-248bfe15-02ed-477a-81b6-b14e2c03b87e" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academy.texthelp.com/read-and-write-education/learning-resources/windows/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills/one-to-one-support/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ehulibrary/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eshare.edgehill.ac.uk/id/document/49671" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1123/smej.2020-0028%20" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.python.org/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eshare.edgehill.ac.uk/16588/1/UniSkills%20guide_%20Using%20Visual%20Elements%20in%20Report%20Writing.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edgehill.on.worldcat.org/oclc/1042350846%20" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/15401383.2020.1870598%20" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ebookcentral.proquest.com/lib/edgehill/reader.action?docID=7249341&amp;ppg=143" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edgehill.on.worldcat.org/oclc/729020330" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edgehill.on.worldcat.org/oclc/1140136870%20" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills/uniskills-campaigns/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eshare.edgehill.ac.uk/id/document/49664" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ebookcentral.proquest.com/lib/edgehill/reader.action?docID=6235076&amp;ppg=53" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.linkedin.com/learning/collections/enterprise/1~AAAAAAIhaTQ=1677026?shareId=3db1490f-bbd6-4de3-a63e-63f8cf8c39de&amp;accountId=35744052&amp;u=35744052&amp;success=true&amp;authUUID=S65bExS9R5mkk52BrEmTqg%3D%3D" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/en-us/office/insert-a-table-of-contents-882e8564-0edb-435e-84b5-1d8552ccf0c0" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur01.safelinks.protection.outlook.com/?url=https%3A%2F%2Feshare.edgehill.ac.uk%2Fid%2Fdocument%2F39123&amp;data=05%7C02%7CBriscoeh%40edgehill.ac.uk%7Cb5515a965d1149ece07a08de3291e641%7C093586914d8e491caa760a5cbd5ba734%7C0%7C0%7C639003799538187504%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=FyNZaKe7cP8HID89l44bcZ1%2BArhbF5JP19dQs%2Fo1Fts%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blogs.edgehill.ac.uk/ls/?_gl=1%2A1i6oxx9%2A_ga%2Ac3R1ZGVudGxpZmUuZWRnZWhpbGwuYWMudWs.%2A_ga_XL97ZEE906%2AMTcwOTcyMTA0Mi4yMzUuMS4xNzA5NzIxODExLjU3LjAuMA.." TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/service/ask-us/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-org.edgehill.idm.oclc.org/10.1080/00131881.2020.1711790%20" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills/toolkits/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/en-gb/office/change-axis-labels-in-a-chart-1c32436b-fb12-450b-aefa-cc7e4584456a" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.phrasebank.manchester.ac.uk/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edgehill.ac.uk/departments/support/ls/uni-skills/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\nolanj\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\LNOQ5CPD\ehu.ac.uk\ls" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\nolanj\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\LNOQ5CPD\ehu.ac.uk\uniskills" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Catlayst Theme">
       <a:dk1>
         <a:srgbClr val="4D4F53"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFF8F1"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="4D4F53"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="CFA7AD"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="9DBCB0"/>
       </a:accent1>
@@ -24556,101 +30002,87 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d6f84b81-f492-4944-ab1e-1881e63b8f33" xmlns:ns3="cad729bd-0b6a-4129-87ee-6389f866e28a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5d2287cc6303c8479d2e5162e1b69bc7" ns2:_="" ns3:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FC20C36658986E438D3B7162B11AF16B" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="03cc102442224c0c79ab2f0153bc9f01">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d6f84b81-f492-4944-ab1e-1881e63b8f33" xmlns:ns3="cad729bd-0b6a-4129-87ee-6389f866e28a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6a9737a5b9bcaf277e5ed57de341ee30" ns2:_="" ns3:_="">
     <xsd:import namespace="d6f84b81-f492-4944-ab1e-1881e63b8f33"/>
     <xsd:import namespace="cad729bd-0b6a-4129-87ee-6389f866e28a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d6f84b81-f492-4944-ab1e-1881e63b8f33" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -24689,50 +30121,55 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="20" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="336e2fbd-7907-4c3b-9c38-9ca127abe6c5" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="22" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="23" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="24" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="26" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="cad729bd-0b6a-4129-87ee-6389f866e28a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
@@ -24834,117 +30271,150 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d6f84b81-f492-4944-ab1e-1881e63b8f33">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="cad729bd-0b6a-4129-87ee-6389f866e28a" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91477B1D-7515-4E86-A593-6F845F2F3668}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{46B408B6-EE47-4CAC-885E-ABAB740DBD05}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C4531803-FD24-4774-90C8-BD5A54F84E51}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d6f84b81-f492-4944-ab1e-1881e63b8f33"/>
     <ds:schemaRef ds:uri="cad729bd-0b6a-4129-87ee-6389f866e28a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{68DEF342-EC05-4A5C-B36F-4041A8581E2A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{192236F3-4687-43F2-AF4A-4D0C3315F5E2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="d6f84b81-f492-4944-ab1e-1881e63b8f33"/>
+    <ds:schemaRef ds:uri="cad729bd-0b6a-4129-87ee-6389f866e28a"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>91486</Characters>
+  <Pages>66</Pages>
+  <Words>19045</Words>
+  <Characters>103609</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>762</Lines>
-  <Paragraphs>214</Paragraphs>
+  <Lines>1918</Lines>
+  <Paragraphs>1190</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Alternative Text format: Academic Writing Toolkit</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>107322</CharactersWithSpaces>
+  <CharactersWithSpaces>121464</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Alternative Text format: Academic Writing Toolkit</dc:title>
   <dc:subject/>
   <dc:creator>Kerry-Anne Langton</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100FC20C36658986E438D3B7162B11AF16B</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
 </Properties>
 </file>